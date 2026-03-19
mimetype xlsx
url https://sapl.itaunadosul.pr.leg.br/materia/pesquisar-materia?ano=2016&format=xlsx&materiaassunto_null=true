--- v0 (2026-01-29)
+++ v1 (2026-03-19)
@@ -54,1236 +54,1236 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Edson Moreira Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/105/105_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR EDSON MOREIRA GUIMARÃES, COM ASSENTO NESTA CASA LEGISLATIVA, CUMPRINDO COM O MANDATO PARLAMENTAR E NO USO DAS ATRIBUIÇÕES CONFERIDAS POR LEI, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, APÓS DELIBERAÇÃO DO PLENÁRIO, A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO NO ESTÁDIO MUNICIPAL JOÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Nenezão</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ANTONIO NAVARRO GARCIA E SILVIO DE MAZZI DOS SANTOS, COM ASSENTOS NESTA CASA LEGISLATIVA, CUMPRINDO COM O MANDATO PARLAMENTAR E NO USO DAS ATRIBUIÇÕES CONFERIDAS POR LEI, INDICAM AO EXCELENTÍSSIMO SENHOR PREFEITO, APÓS DELIBERAÇÃO DO PLENÁRIO, A ABERTURA DE PELO MENOS DUAS NOVAS SALAS DE AULA NO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL DO MUNICÍPIO E AINDA A CONTRATAÇÃO DE MAIS DEZ ATENDENTES DE EDUCAÇÃO INFANTIL.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Silvio de Mazzi, Adryano Sottoriva, Dirceu Borracheiro, Edson Moreira Guimarães, Manezinho Cassemiro, Nenezão, Romi, Sidnei Carrilho, Tiãozinho Borracheiro</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/121/121_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE FAÇA A AQUISIÇÃO DE UM ÔNIBUS ESCOLAR PARA O TRANSPORTE DE ESTUDANTES PARA O DISTRITO DE PRIMAVERA, EM ROSANA / SP.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Silvio de Mazzi, Adryano Sottoriva, Nenezão</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/45/45_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO SENHOR PREFEITO PEDRO CASTANHARI, PARA QUE TOME PROVIDÊNCIAS RELACIONADAS AOS TERRENOS MUNICIPAIS NA ÁREA INDUSTRIAL, QUE NÃO ESTEJAM EM USO OU NÃO ESTEJAM CUMPRINDO COM O CONTRATO ASSINADO ENTRE COMODATÁRIOS E COMODANTE.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/47/47_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PREFEITO QUE TOME PROVIDÊNCIAS QUANTO ÀS FERIAS DO CMEI, POIS MUITAS MÃES NÃO TEM ONDE DEIXAR SEUS FILHOS NESSE PERÍODO PROLONGADO DE FÉRIAS.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/48/48_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PREFEITO MUNICIPAL PARA PROVIDENCIAR MUDANÇAS NO ESTACIONAMENTO DO HOSPITAL.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final - 2019</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/51/51_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PRORROGAÇÃO DO PRAZO DE VOTAÇÃO DO ANTEPROJETO DE LEI 32/2015</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Tiãozinho Borracheiro, Edson Moreira Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/53/53_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PREFEITO QUE DISPONIBILIZA INFORMAÇÕES SOBRE A EMPRESA QUE RECOLHE LIXO, E QUAL O SERVIÇO PRESTADO E O VALOR CONTRATUAL.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Sidnei Carrilho</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/54/54_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PREFEITO QUE FINALIZE O CONVÊNIO COM O MINISTÉRIO PÚBLICO DO TRABALHO.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/55/55_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PREFEITO QUE TOME AS DEVIDAS PROVIDÊNCIAS QUANTO AOS ENTULHOS QUE SE ENCONTRAM AMONTOADOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Tiãozinho Borracheiro</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/60/60_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O PREFEITO ENCAMINHE A ESTA CASA DE LEIS QUAL A REAL SITUAÇÃO DO QUIOSQUE QUE FICA NA PRAÇA DA BANDEIRA.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/61/61_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A COMPRA DE UM AR CONDICIONADO PARA A SALA DE ATENDIMENTO DO DETRAN.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/62/62_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PRORROGAÇÃO DE PRAZO PARA ANÁLISE DO ANTEPROJETO DE LEI NUMERO 32/2015</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO SENHOR PREFEITO QUE FAÇA A PODA DA GRAMA QUE FICA PERTO DAS CALÇADAS.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Silvio de Mazzi, Nenezão</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENVIO DA PATROLA PARA REALIZAR MELHORIAS NA ESTRADA RURAL ENTRE A PR-182, ALTURA DA BARRACA DE COCO, ATÉ A ESTRADA RURAL DE ACESSO AO CÓRREGO ITAÚNA, PRÓXIMA À FAZENDA MONTE SERRAT</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO NAS RUAS, COMUNICAÇÃO AOS ÓRGÃOS COMPETENTES E MANIFESTAÇÃO SOBRE A DENOMINAÇÃO DA RUA PROJETADA A DO CONJUNTO HABITACIONAL DOM BENJAMIN II</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PRORROGAÇÃO DE PRAZO PARA EMISSÃO DE PARECER DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL AO ANTEPROJETO DE LEI 11/2016</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Manezinho Cassemiro</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR PREFEITO PEDRO CASTANHARI PARA QUE SEJA CONSTRUÍDA A CASA DO TRABALHADOR RURAL, EQUIPADA COM PADARIA COMUNITÁRIA, CANTINA E BEBEDOURO COM ÁGUA GELADA.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR PREFEITO PEDRO CASTANHARI PARA QUE SEJA RESOLVIDA A QUESTÃO DO LEITE QUE ERA ENTREGUE PARA A POPULAÇÃO NO CRAS.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Silvio de Mazzi, Tiãozinho Borracheiro</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM AO SENHOR PREFEITO QUE ENTRE EM CONTATO COM O ENGENHEIRO CIVIL DO MUNICÍPIO PARA VIABILIZAR A EXECUÇÃO DE UMA RAMPA DE ACESSO EM FRENTE À RESIDÊNCIA DO SENHOR JOÃO BATISTA DOS SANTOS.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Nenezão, Manezinho Cassemiro</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM AO PREFEITO MUNICIPAL QUE PRORROGUE O VENCIMENTO DO IMPOSTO SOBRE A PROPRIEDADE TERRITORIAL E URBANA - IPTU, COM OS MESMOS DESCONTOS APLICADOS, POR PELO MENOS 30 DIAS.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO SENHOR PREFEITO QUE ENCAMINHE A ESTA CASA DE LEIS A RELAÇÃO DE MAQUINÁRIO DO MUNICÍPIO, CONTENDO INFORMAÇÕES ATUALIZADAS SOBRE AQUELES QUE FORAM VENDIDOS OU LEILOADOS, COM INFORME SOBRE OS VALORES PRATICADOS NA TRANSAÇÃO E DOCUMENTO INFORMANDO SE O DINHEIRO ENCONTRA-SE NOS COFRES DO MUNICÍPIO OU SE UTILIZADO EM ALGUMA ÁREA, QUE DEVERÁ SER IDENTIFICADO NO MESMO DOCUMENTO.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/87/87_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTÍSSIMO SENHOR PREFEITO, PEDRO CASTANHARI, QUE PROVIDENCIE O ENVIO DOS BALANCETES FINANCEIROS DOS MESES DE JANEIRO, FEVEREIRO, MARÇO E ABRIL A ESTA CASA PARA FISCALIZAÇÃO.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO QUE FAÇA OS DEVIDOS ESCLARECIMENTOS SOBRE A RÁDIO COMUNITÁRIA ADECIS FM.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTÍSSIMO SENHOR PREFEITO, PEDRO CASTANHARI, QUE INFORME QUEM PAGA, ATUALMENTE, PELA ILUMINAÇÃO PÚBLICA NO NOVO LOTEAMENTO NO MUNICÍPIO, CONSIDERANDO QUE NÃO HÁ RESIDÊNCIAS NO LOCAL.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTÍSSIMO SENHOR PREFEITO, PEDRO CASTANHARI, QUE FAÇA A REVISÃO DOS VALORES DE DIÁRIAS DO PODER EXECUTIVO MUNICIPAL, PRINCIPALMENTE DOS FUNCIONÁRIOS.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/96/96_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A DILATAÇÃO DE PRAZO DE ANÁLISE DOS PROJETOS DE LEI 15 E 16 / 2016 POR MAIS QUINZE DIAS.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamentos</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/97/97_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR PREFEITO, PEDRO CASTANHARI, QUE ENCAMINHE A ESTA CASA DE LEIS O RELATÓRIO DO FUNDEB DOS ÚLTIMOS CINCO MESES.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR PREFEITO PEDRO CASTANHARI PARA QUE VIABILIZE A DECLARAÇÃO DE UTILIDADE PÚBLICA PARA A AMIS - ASSOCIAÇÃO DE MORADORES DE ITAÚNA DO SUL.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/129/129_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/129/129_texto_integral.docx</t>
   </si>
   <si>
     <t>PRORROGAÇÃO DE PRAZO AO ANTEPROJETO 33-2016.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/134/134_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A DILATAÇÃO DO PRAZO DE ANÁLISE AO PROJETO DE LEI 33/2016</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/138/138_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/138/138_texto_integral.docx</t>
   </si>
   <si>
     <t>REQUER AO PRESIDENTE DA ASSOCIAÇÃO DE DESENVOLVIMENTO COMUNITÁRIO DE ITAÚNA DO SUL - ADECIS, QUE PRESTE INFORMAÇÕES À CÂMARA MUNICIPAL DE ITAÚNA DO SUL.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/139/139_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/139/139_texto_integral.docx</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR PREFEITO QUE INFORME A CÂMARA MUNICIPAL DE ITAÚNA DO SUL SOBRE A CONCESSÃO DE TERRENOS NO PARQUE INDUSTRIAL</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/140/140_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/140/140_texto_integral.docx</t>
   </si>
   <si>
     <t>REQUER A PRORROGAÇÃO DE CINCO DIAS DO PRAZO DE ANÁLISE DOS ANTEPROJETOS DE LEI 39, 40 E 41/2016</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/141/141_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/141/141_texto_integral.docx</t>
   </si>
   <si>
     <t>REQUER A DILATAÇÃO DE PRAZO DE ANÁLISE DO PROJETO DE LEI 33/2016.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/142/142_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/142/142_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A RETIRADA DE PAUTA DO PROJETO DE LEI 33/2016, QUE </t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/77/plo-16-2022.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/77/plo-16-2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE CARGOS, CARREIRAS E VENCIMENTOS, BEM COMO O SISTEMA DE EVOLUÇÃO FUNCIONAL DOS SERVIDORES EFETIVOS E COMISSIONADOS DO PODER LEGISLATIVO DO MUNICÍPIO DE ITAÚNA DO SUL, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
     <t>Adryano Sottoriva, Dirceu Borracheiro, Manezinho Cassemiro, Nenezão</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/43/43_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO, DOS VEREADORES, DO ASSESSOR JURÍDICO, DO CHEFE DE GABINETE E DOS SECRETÁRIOS MUNICIPAIS PARA O PERÍODO DA LEGISLATURA DE 2017 A 2020, E DÁ PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/44/44_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS CARGOS EFETIVOS, EM COMISSÃO E DOS AGENTES POLÍTICOS DO PODER LEGISLATIVO DE ITAÚNA DO SUL - PR.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/49/49_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS CARGOS EFETIVOS, EM COMISSÃO, DOS AGENTES POLÍTICOS E EMPREGOS PÚBLICOS E APLICA O NOVO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO DO PODER EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/50/50_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>ELEVA DE R$ 500,00 PARA R$ 700,00 A AJUDA DE CUSTO AOS MÉDICOS DO PROGRAMA MAIS MÉDICOS DO GOVERNO FEDERAL, EM ATUAÇÃO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Adryano Sottoriva</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/52/52_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PRAZOS PARA DESENVOLVIMENTO DO PLANO DE ARBORIZAÇÃO URBANA DO MUNICÍPIO DE ITAÚNA DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/57/57_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE "UNIDADE BÁSICA DE SAÚDE JANETE APARECIDA DA SILVA COSTA" À UNIDADE BÁSICA DE SAÚDE DE ITAÚNA DO SUL, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/58/58_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE UAP-SF UNIDADE DE ATENÇÃO PRIMÁRIA - SAÚDE DA FAMÍLIA "CLEOSEONETE BARBOSA DE OLIVEIRA" À UNIDADE DE ATENÇÃO PRIMÁRIA - SAÚDE DA FAMÍLIA DO MUNICÍPIO DE ITAÚNA DO SUL, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/59/59_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DOAÇÃO DE IMÓVEL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DESNECESSIDADE E APROVEITAMENTO DE CARGO PÚBLICO</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO II DO ARTIGO 2° DA LEI N° 1.117/2015, QUE REGULAMENTA O PROGRAMA DE FORNECIMENTO DE INSUMO AGRÍCOLA, REDUZINDO AS RESTRIÇÕES PARA CONCESSÃO DO BENEFÍCIO.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE NOVAS VAGAS PARA OS CARGOS DE PROFESSOR E EDUCADOR INFANTIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO CELEBRAR CONVÊNIO OBJETIVANDO APOIO À EDUCAÇÃO ESPECIAL PRESTADA PELA ESCOLA PROFESSORA HISSAKO MATUOKA CORREIA, MANTIDA PELA APAE.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONSTRUÇÃO DE BARRACÕES INDUSTRIAL/COMERCIAL COM O OBJETIVO DE FOMENTAR A ATIVIDADE ECONÔMICA, VOLTADA PARA A POLÍTICA DE GERAÇÃO DE RENDA NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PARCELAMENTO DE DÉBITOS COM O CONSÓRCIO INTERMUNICIPAL DE URGÊNCIA E EMERGÊNCIA DO NOROESTE DO PARANÁ - CIUENP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 11 DA LEI MUNICIPAL N° 735/2009, QUE DISPÕE SOBRE O PARCELAMENTO DO SOLO PARA FINS URBANOS NO MUNICÍPIO, ALTERANDO OS PERCENTUAIS MÍNIMOS PARA OS ESPAÇOS LIVRES DE USO PÚBLICO E AS ÁREAS DESTINADAS A EQUIPAMENTOS COMUNITÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE ARBORIZAÇÃO URBANA DO MUNICÍPIO DE ITAÚNA DO SUL, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE ITAÚNA DO SUL, PARA O EXERCÍCIO DE 2016, POR SUPERÁVIT FINANCEIRO DE RECURSOS VINCULADOS E POR EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS, INCLUSÃO NO PPA 2014-2017 E INCLUSÃO NA LDO PARA 2016.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/94/94_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1° DA LEI N° 673/2009, QUE DISPÕE SOBRE A REALIZAÇÃO DE CONVÊNIOS PELA PREFEITURA MUNICIPAL E INSTITUIÇÕES FINANCEIRAS, PARA CELEBRAÇÃO DE CONTRATOS DE EMPRÉSTIMOS E FINANCIAMENTOS AOS SERVIDORES PÚBLICOS MUNICIPAIS, COM PAGAMENTO DE PARCELAS MEDIANTE CONSIGNAÇÕES EM FOLHA DE PAGAMENTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/98/98_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 2° DA LEI MUNICIPAL N° 1.139/2016, QUE AUTORIZA O MUNICÍPIO DE ITAÚNA DO SUL A CELEBRAR CONVÊNIO OBJETIVANDO APOIO À EDUCAÇÃO ESPECIAL PRESTADA PELA ESCOLA PROFESSORA HISSAKO MATUOKA COREIA, MANTIDA PELA APAE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE ARBORIZAÇÃO URBANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/112/112_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS PREVIDENCIÁRIOS DEVIDOS E DIFERENÇAS ENCONTRADAS NA NAF-089/2014 NÃO REPASSADAS AO FUNDO PREVIDENCIÁRIO MUNICIPAL DE ITAÚNA DO SUL &amp;#8211; ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/113/113_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE ITAÚNA DO SUL, PARA O EXERCÍCIO DE 2016, POR SUPERÁVIT FINANCEIRO DE RECURSOS VINCULADOS, POR EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS E POR ANULAÇÃO DE DOTAÇÃO, INCLUSÃO NO PPA 2014-2017 E INCLUSÃO NA LDO PARA 2016</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/115/115_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE ITAÚNA DO SUL, PARA O EXERCÍCIO DE 2016, POR EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS E POR ANULAÇÃO DE DOTAÇÃO, INCLUSÃO NO PPA 2014-2017 E INCLUSÃO NA LDO PARA 2016.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/116/116_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 1.152/2016, A QUAL DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS PREVIDENCIÁRIOS DEVIDOS E DIFERENÇAS ENCONTRADAS NA NAF-089/2014 NÃO REPASSADAS AO FUNDO PREVIDENCIÁRIO MUNICIPAL DE ITAÚNA DO SUL/PR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/117/117_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE ITAÚNA DO SUL, PARA O EXERCÍCIO DE 2016, POR EXCESSO DE ARRECADAÇÃO DOS RECURSOS VINCULADOS E POR ANULAÇÃO DE DOTAÇÃO, INCLUSÃO NO PPA 2014-2017 E INCLUSÃO NA LDO PARA 2016</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/118/118_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE ITAÚNA DO SUL, PARA O EXERCÍCIO DE 2016, POR SUPERÁVIT FINANCEIRO DE RECURSOS VINCULADOS E ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/122/122_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CELEBRAR CONVÊNIO OBJETIVANDO APOIO AO ENSINO SUPERIOR PRESTADO PELA FACINOR - FACULDADE INTERMUNICIPAL DO NOROESTE DO PARANÁ, MANTIDA PELA FADENPAR - FUNDAÇÃO DE APOIO AO DESENVOLVIMENTO EDUCACIONAL DO NOROESTE DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/123/123_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE ITAÚNA DO SUL, PARA O EXERCÍCIO DE 2016, POR ANULAÇÃO DE DOTAÇÃO, INCLUSÃO NO PPA 2014-2017 E INCLUSÃO NA LDO PARA 2016.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/124/124_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O COMITÊ MUNICIPAL DO TRANSPORTE ESCOLAR DE ITAÚNA DO SUL, REGULAMENTA SUAS AÇÕES, ATRIBUIÇÕES E COMPOSIÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/125/125_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/125/125_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE PULVERIZAÇÃO AÉREA DO AGROTÓXICO GLIFOSATO, DENTRO DOS LIMITES DO MUNICÍPIO DE ITAÚNA DO SUL/PR.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/126/126_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/126/126_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO E O PAGAMENTO DE DIÁRIAS E INDENIZAÇÕES DE VIAGEM NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE ITAÚNA DO SUL, PARANÁ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/127/127_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>ORGANIZA A ESTRUTURA ADMINISTRATIVA DO PODER EXECUTIVO, ALTERA NOMENCLATURA DE CARGOS, EXTINGUE CARGOS, CRIA O ORGANOGRAMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/128/128_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE ITAÚNA DO SUL, PARA O EXERCÍCIO DE 2016, POR EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS, INCLUSÃO NO PPA 2014-2017 E INCLUSÃO NA LDO PARA 2016.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/132/132_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/132/132_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE CONCESSÃO DE ALVARÁ E/OU LICENÇA PARA O USO DO SOLO E PARA O TRÁFEGO DE VEÍCULOS EM VIAS PÚBLICAS, A OUTORGA E O USO DE AGUAS, A QUEIMA DE GASES NA ATMOSFERA, A VEDAÇÃO DA CONCESSÃO DE ANUÊNCIA PRÉVIA EM LICENCIAMENTOS E OUTORGAS DE ÁGUA COM A FINALIDADE DE EXPLORAÇÃO E/OU EXPLOTAÇÃO DOS GASES E ÓLEOS NÃO CONVENCIONAIS (GÁS DE XISTO, SHALE GAS, TIGHT OIL E OUTROS) PELOS MÉTODOS DE FRATURA HIDRÁULICA &amp;#8211; &amp;#8220;FRACKING&amp;#8221; &amp;#8211; E RE-FRATURAMENTO HIDRÁULICO &amp;#8211; &amp;#8220;RE-FRACKING&amp;#8221; NO TERRITÓRIO DO MUNICÍPIO DE ITAÚNA DO SUL &amp;#8211; PR, BEM COMO PROÍBE A INSTALAÇÃO, REFORMA OU OPERAÇÃO DE ATIVIDADES, SERVIÇOS, EMPREENDIMENTOS E OBRAS DE PRODUÇÃO, COMERCIALIZAÇÃO, TRANSPORTE, ARMAZENAMENTO, UTILIZAÇÃO, IMPORTAÇÃO, EXPORTAÇÃO, DESTINAÇÃO FINAL OU TEMPORÁRIA DE RESÍDUOS, OU QUAISQUER OUTRAS USADAS PARA O FRATURAMENTO OU REFRATURAMENTO HIDRÁULICO, COMPONENTES E AFINS EM TODO O TERRITÓRIO DO MUNICÍPIO DE ITAÚNA DO SUL, NO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/133/133_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE ITAÚNA DO SUL, PARA O EXERCÍCIO DE 2016, POR EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS E POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/135/135_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚNA DO SUL, ESTADO DO PARANÁ, PARA O EXERCÍCIO FINANCEIRO DE 2017.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/136/136_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I E II DA LEI N° 1149/2016.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/137/137_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/137/137_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUSÃO E ALTERAÇÃO DE AÇÕES DE GOVERNO NO PLANO PLURIANUAL DE INVESTIMENTOS - PPA PARA O EXERCÍCIO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/145/145_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESTINA RECEITA DE CAPITAL DERIVADA DA ALIENAÇÃO DE BENS E DIREITOS QUE INTEGRAM O PATRIMÔNIO PÚBLICO PARA O REGIME DE PREVIDÊNCIA SOCIAL PRÓPRIO DOS SERVIDORES PÚBLICOS.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/147/147_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/46/46_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO E O PAGAMENTO DE DIÁRIAS E INDENIZAÇÕES DE VIAGEM NO ÂMBITO DO PODER EXECUTIVO DO MUNICÍPIO DE ITAÚNA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/114/114_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 3° DA LEI MUNICIPAL N° 1.133/2016, QUE DISPÕE SOBRE A TABELA DE VALORES DE DIÁRIAS DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/119/res-01-2016.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/119/res-01-2016.pdf</t>
   </si>
   <si>
     <t>Estabelece o Orçamento do Legislativo Municipal para o exercício de 2017.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Biênio 2015-2016</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/120/res-02-2016.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/120/res-02-2016.pdf</t>
   </si>
   <si>
     <t>Cria a Ouvidoria no âmbito do Poder Legislativo Municipal e regulamenta o Serviço Informações ao Cidadão (SIC) na Câmara Municipal de Itaúna do Sul.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/143/res-03-2016.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/143/res-03-2016.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Itaúna do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Silvio de Mazzi, Manezinho Cassemiro, Nenezão</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/42/42_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT DO ARTIGO 104, A REDAÇÃO DO PARÁGRAFO SEGUNDO E INCISO I E A REDAÇÃO DO PARÁGRAFO TERCEIRO DESSE MESMO ARTIGO DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/101/101_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/101/101_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA O INCISO II DO ARTIGO 70 E O INCISO II DO PARÁGRAFO 1º, DO ARTIGO 78 DA LEI ORGÂNICA DO MUNICÍPIO DE ITAÚNA DO SUL.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>EMA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA-SE O INCISO VII AO ARTIGO 4° DO ANTEPROJETO DE LEI N°. 18/2016, PASSANDO A VIGORAR COM A SEGUINTE REDAÇÃO.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/102/102_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/102/102_texto_integral.docx</t>
   </si>
   <si>
     <t>ACRESCENTA-SE AO ANTEPROJETO DE LEI 16/2016, DE AUTORIA DO PODER LEGISLATIVO DO MUNICÍPIO DE ITAÚNA DO SUL, O ANEXO V, DISPONÍVEL ANEXO A ESTA EMENDA.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>EMM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA-SE O INCISO VI DO ARTIGO 4 DO ANTEPROJETO DE LEI N°. 18/2016, PASSANDO A VIGORAR COM A SEGUINTE REDAÇÃO:</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/99/99_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTEREM-SE O PARÁGRAFO I, OS INCISOS I, II E III, DOS PARÁGRAFOS PRIMEIRO E SEGUNDO DO ARTIGO 27, INCISO V DO ARTIGO 28 E INCISOS I, II E III DO PARÁGRAFO PRIMEIRO DO ARTIGO 38 DO ANTEPROJETO DE LEI 16/2016, PASSANDO A VIGER COM A SEGUINTE REDAÇÃO:</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/104/104_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA-SE O CAPUT DO ARTIGO 42, DO ANTEPROJETO DE LEI NÚMERO 15/2016, DE AUTORIA DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/103/103_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/103/103_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA-SE COMPLETAMENTE O ARTIGO 27, REVOGANDO-SE A EMENDA 002/2016, DO ANTEPROJETO DE LEI 16/2016, PASSANDO A VIGORAR COM A SEGUINTE REDAÇÃO:</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/111/111_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/111/111_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA-SE O ARTIGO 1° E O ANEXO ÚNICO DO ANTEPROJETO DE LEI 23/2016.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/130/130_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/130/130_texto_integral.docx</t>
   </si>
   <si>
     <t>FAÇA-SE A CORREÇÃO NA NUMERAÇÃO DOS ARTIGOS DO PROJETO DE LEI 034/2016. ALTERA-SE, A FIM DE CORREÇÃO DE ERROS DE DIGITAÇÃO, O PARÁGRAFO PRIMEIRO DO ARTIGO 3º DA PROPOSIÇÃO.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/131/131_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/131/131_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA-SE O ANEXO I DO PROJETO DE LEI 34/2016.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/144/144_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/144/144_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 2 E 5 DO PROJETO DE RESOLUÇÃO 03/2016.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>EMS</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/100/100_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUPRIMA-SE O ARTIGO 33  DO PROJETO DE LEI Nº 16, DE 2016.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>DECL</t>
   </si>
   <si>
     <t>Decreto-legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/56/56_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>CANCELA DESPESAS INSCRITAS EM RESTOS A PAGAR, EMPENHADAS EM DUPLICIDADES CONSTANTES NO BALANÇO DO LEGISLATIVO, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/</t>
   </si>
   <si>
     <t>DECRETA RECESSO NA CÂMARA MUNICIPAL DE ITAÚNA DO SUL NO DIA 24 DE MARÇO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/76/76_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>REJEITA O VETO TOTAL DO SENHOR PREFEITO MUNICIPAL AO ANTEPROJETO DE LEI 08/2016.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/670/232_texto_integral_1.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/670/232_texto_integral_1.docx</t>
   </si>
   <si>
     <t>CONCEDE GRATIFICAÇÃO E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/671/233_texto_integral.doc</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/671/233_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCESSÃO DE LICENÇA PRÊMIO DE 03 (TRÊS) MESES CONSECUTIVOS À SERVIDORA FATIMA DO SOCORRO SENSON SILVA, CPF: Nº: 048.097.179-09, NO CARGO DE ZELADORA, LOTADA NO QUADRO DE EFETIVOS DA CÂMARA MUNICIPAL DE ITAÚNA DO SUL, CONFORME ARTIGO 102 DA LEI MUNICIPAL Nº 085/90.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/672/234_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/672/234_texto_integral.docx</t>
   </si>
   <si>
     <t>TRANSFERE, EXCEPCIONALMENTE, A SESSÃO PLENÁRIA DE 03 DE OUTUBRO PARA O DIA 04 DE OUTUBRO ÀS 09 HORAS.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/146/146_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/146/146_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E LOUVOR - CERTA</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto governamental</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO APL 08/2016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1590,68 +1590,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/129/129_texto_integral.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/138/138_texto_integral.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/139/139_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/140/140_texto_integral.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/141/141_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/142/142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/77/plo-16-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/125/125_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/126/126_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/132/132_texto_integral.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/119/res-01-2016.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/120/res-02-2016.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/143/res-03-2016.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/101/101_texto_integral.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/102/102_texto_integral.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/103/103_texto_integral.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/111/111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/130/130_texto_integral.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/131/131_texto_integral.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/144/144_texto_integral.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/670/232_texto_integral_1.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/671/233_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/672/234_texto_integral.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/146/146_texto_integral.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/129/129_texto_integral.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/138/138_texto_integral.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/139/139_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/140/140_texto_integral.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/141/141_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/142/142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/77/plo-16-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/125/125_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/126/126_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/132/132_texto_integral.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/119/res-01-2016.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/120/res-02-2016.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/143/res-03-2016.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/101/101_texto_integral.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/102/102_texto_integral.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/103/103_texto_integral.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/111/111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/130/130_texto_integral.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/131/131_texto_integral.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/144/144_texto_integral.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/670/232_texto_integral_1.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/671/233_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2016/672/234_texto_integral.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/146/146_texto_integral.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="141.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>