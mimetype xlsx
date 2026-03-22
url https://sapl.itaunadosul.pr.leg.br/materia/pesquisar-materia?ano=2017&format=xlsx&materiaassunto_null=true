--- v0 (2026-01-29)
+++ v1 (2026-03-22)
@@ -54,2089 +54,2089 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Celso Leite, Adryano Sottoriva, Cleyton Carnevali, Edson Moreira Guimarães, Lafaete, Nenezão, Rosana, Silvio de Mazzi, Tiãozinho Borracheiro</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE VIABILIZE A CONSTRUÇÃO DE UM CAMPO DE FUTEBOL SUÍÇO NA VILA RURAL NOSSA SENHORA DO ROCIO.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE ILUMINAÇÃO PÚBLICA NA RUA MINAS GERAIS</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Silvio de Mazzi, Nenezão</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE FAÇA A DESIGNAÇÃO DE UM FUNCIONÁRIO DO QUADRO FISCAL DE POSTURA DO MUNICÍPIO PARA ATUAR NOS LIMITES MUNICIPAIS, ACOMPANHANDO E RECOLHENDO AS NOTAS FISCAIS DE SAÍDA DOS PRODUTOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE FAÇA A PROVIDENCIE A COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO NAS RUAS DESTACADAS.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE REGULAMENTE E PROCEDA À FISCALIZAÇÃO DOS MOTORISTAS E DAS HORAS DE USO DOS TRATORES QUE PRESTAM SERVIÇO AOS PARTICULARES.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A RETIRADA DOS TRONCOS DE ÁRVORES QUE FORAM CORTADAS DAS CALÇADAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Edson Moreira Guimarães, Nenezão</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A INSTALAÇÃO DE ABRIGOS COM COBERTURA, NAS DUAS SAÍDAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE CONSTRUA UMA COBERTURA NA LATERAL DA RODOVIÁRIA MUNICIPAL PARA MAIOR CONFORTO DA POPULAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Cleyton Carnevali</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE FAÇA OS REPAROS NECESSÁRIOS NOS BUEIROS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Tiãozinho Borracheiro</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A LIBERAÇÃO E REFORMA DO CENTRO DE CONVIVÊNCIA MUNICIPAL DE ITAÚNA DO SUL.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Cleyton Carnevali, Celso Leite</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A MANUTENÇÃO E/OU INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA VILA RURAL NOSSA SENHORA APARECIDA E NA VILA RURAL NOSSA SENHORA DO ROCIO.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE DETERMINE O RECOLHIMENTO DE LIXO E A COLETA SELETIVA NOS BAIRROS ZIMARÉ E SÃO PAULO PARANÁ, AO MENOS UMA VEZ POR SEMANA.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Tiãozinho Borracheiro, Celso Leite, Lafaete</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A DOAÇÃO DE UM TERRENO PARA A IGREJA ASSEMBLEIA DE DEUS MINISTÉRIO DE MADUREIRA.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Silvio de Mazzi, Celso Leite</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A SINALIZAÇÃO ADEQUADA DO ESTACIONAMENTO EM FRENTE AO PAÇO MUNICIPAL, EM PROTEÇÃO AOS PEDESTRES.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE O REPARO NAS PLACAS DE SINALIZAÇÃO QUE FORAM ENTORTADAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Rosana, Tiãozinho Borracheiro</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROMOVA A ENTREGA DE LEITE PASTEURIZADO PARA CRIANÇAS DE 3 A 6 ANOS E IDOSOS ACAMADOS DE FAMÍLIAS CARENTES.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Silvio de Mazzi, Adryano Sottoriva, Nenezão</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE REALIZE A DOAÇÃO DE UM IMÓVEL, SE POSSÍVEL UM BARRACÃO, ESQUELETO OU ATÉ MESMO O TERRENO, PARA O DESENVOLVIMENTO DAS ATIVIDADES DA MARMORARIA ITAÚNA LTDA.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Edson Moreira Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE FAÇA A CONSTRUÇÃO DE UMA NOVA GARAGEM &amp;#8211; PÁTIO MUNICIPAL &amp;#8211; PARA OS VEÍCULOS DA PREFEITURA, DE PREFERÊNCIA NO TERRENO ONDE SERIA A GRALHA AZUL.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Adryano Sottoriva, Celso Leite</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A INSTALAÇÃO DE LIXEIRAS NA PRAÇA DA IGREJA MATRIZ E TAMBÉM EM DEMAIS ÓRGÃOS PÚBLICOS.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Lafaete</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A LIMPEZA NO ENTORNO DAS ARQUIBANCADAS DO ESTÁDIO MUNICIPAL JOÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A MANUTENÇÃO E PINTURA DA QUADRA MUNICIPAL OLEGÁRIO FERREIRA LIMA.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A MANUTENÇÃO DOS BANHEIROS DA QUADRA AGENOR CARRILHO MARSOLA.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Adryano Sottoriva</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A LIMPEZA E MANUTENÇÃO DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Tiãozinho Borracheiro, Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A REFORMA COM PINTURA, PISO, FORRO, PARTE ELÉTRICA E INSTALAÇÃO DE AR CONDICIONADO NA CLÍNICA ODONTOLÓGICA DO BAIRRO ZIMARÉ.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE REPAROS NA CERCA DA APAE &amp;#8211; ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE ORDENE O CASCALHAMENTO DA ESTRADA BOIADEIRA QUE LEVA AO BAIRRO SÃO PAULO PARANÁ.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Rosana</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE ORDENE QUE SEJA CONSTRUÍDO MURO, CERCA OU SEMELHANTE NAS LATERAIS DO HOSPITAL MUNICIPAL, IMPEDINDO O TRÂNSITO DE PESSOAS EM LOCAIS PRIVATIVOS DE FUNCIONÁRIOS DO HOSPITAL.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE ORDENE QUE SEJA FEITA A COBERTURA NO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL &amp;#8211; CMEI PEQUENO PRÍNCIPE &amp;#8211; DESDE A PORTA DE SAÍDA ATÉ O PORTÃO.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE REALIZE A CONTRATAÇÃO DE UM MÉDICO PEDIATRA PARA ATENDER AS CRIANÇAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Lafaete, Tiãozinho Borracheiro</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE ORDENE A LIMPEZA DE SEPULTURAS NO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE FAÇA O TAPA-BURACOS NA RUA FELINTO DE SOUZA FREIRE, EM ESPECIAL NO CRUZAMENTO COM A RUA PARAGUAI.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE FAÇA DUAS LOMBADAS, UMA NA RUA PARAGUAI, PRÓXIMO AO CRUZAMENTO COM A RUA FELINTO DE SOUZA FREIRE, E OUTRA NA RUA URUGUAI, TAMBÉM PRÓXIMO AO CRUZAMENTO COM A RUA FELINTO DE SOUZA FREIRE.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE O CONSERTO DOS DOIS PORTÕES DO CENTRO DE CONVIVÊNCIA MUNICIPAL E DA QUADRA DE ESPORTES AGENOR CARRILHO MARSOLA, SENDO UM PORTÃO NA RUA PERU E OUTRO NA RUA INGLATERRA.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE ESTABELEÇA COMO VIA DE MÃO ÚNICA A RUA PERU, ENTRE AS RUAS PARANÁ E MINAS GERAIS, POR CONTA DA ESCOLA MUNICIPAL MARIA DE FÁTIMA SOTTORIVA DE MAZZI E COLÉGIO ESTADUAL RUI BARBOSA.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Celso Leite, Lafaete</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE DETERMINE A ABERTURA DO POSTO DE TRÂNSITO DO DETRAN.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE ENVIE UM VIGIA PARA A ESCOLA PROFESSORA HISSAKO MATUOKA CORREIA, MANTIDA PELA ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS (APAE).</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE FAÇA UMA EXTENSÃO DE REDE DE ENERGIA ELÉTRICA NA RUA PORTUGAL, ENTRE A RUA PARANÁ E MINAS GERAIS, EM FRENTE AO HOSPITAL.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE FAÇA DUAS LOMBADAS, UMA ENTRE A RUA ESTADOS UNIDOS E A RUA MATO GROSSO, E A OUTRA ENTRE A RUA MATO GROSSO E A RUA ARGENTINA.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE CONSTRUA UMA QUADRA PARA O JOGO DA MALHA (POPULARMENTE CONHECIDO COMO &amp;#8220;MAIA&amp;#8221;) NA QUADRA DOM BENJAMIM, JUNTO À QUADRA DE FUTSAL.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE FAÇA O CASCALHAMENTO EM TODOS OS FINAIS DE RUA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Silvio de Mazzi, Rosana</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE FAÇA A LIMPEZA DO TERRENO VAZIO A RUA URUGUAI, E A EXTENSÃO DE REDE DE ÁGUAS PLUVIAIS DE FRENTE AO CONJUNTO RESIDENCIAL BENJAMIM DE SOUZA GOMES.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Tiãozinho Borracheiro, Cleyton Carnevali</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE FAÇA UM ESPAÇO COM PISTA DE LAÇO.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Celso Leite</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE O CASCALHO NAS ESTRADAS DO BAIRRO ZIMARÉ E PLACA ITAÚNA</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Rosana, Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE ESTUDE A POSSIBILIDADE DE CONSTRUÇÃO DE UMA NOVA ESCOLA MUNICIPAL PARA ATENDER AS CRIANÇAS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTISSIMO SENHOR PREFEITO EVANDRO MARCELO DA SILVA, PARA QUE ORDENE QUE SEJA REGULARIZADA AS CAIXAS DE ENERGIA NA PRAÇA DA BANDEIRA.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTISSIMO SENHOR PREFEITO,EVANDRO MARCELO DA SILVA,PARA QUE FAÇA O CONVÊNIO COM O MINISTÉRIO DO TRABALHO, COM O INTUITO DE UQE O MUNICÍPIO VOLTE A EMITIR CARTEIRAS DE TRABALHO.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE O CONTATO COM O ORGÃO MUNICIPAL RESPONSÁVEL PELA FISCALIZAÇÃO DE ANIMAIS DOMÉSTICOS.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO,EVANDRO MARCELO DA SILVA,PARA QUE PROVIDENCIE O CONSERTO DA ILUMINAÇÃO PUBLICA.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO EVANDRO MARCELO DA SILVA PARA QUE PROVIDENCIE A LIMPEZA DO ATERRO SANITÁRIO .</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTISSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA PARA QUE PROVIDENCIE RECICLAGEM NO ATERRO SANITÁRIO. </t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Cleyton Carnevali, Lafaete</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE MELHORIAS NA ESTRADA NA PLACA ITAÚNA E DENTRO DA VILA._x000D_
 </t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Lafaete, Cleyton Carnevali</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE MELHORIAS NAS ESTRADAS DO BAIRRO ZIMARÉ._x000D_
 </t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE UMA OPERAÇÃO DE TAPA BURACOS NAS RUAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA FEITO QUEBRA-MOLAS.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA FEITO ABERTURA DE UMA RUA NA ÁREA INDUSTRIAL.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Nenezão</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE FAÇA A AQUISIÇÃO DE IMPLEMENTOS AGRÍCOLAS, COMO GRADE NIVELADORA, ESPARRAMADEIRA DE CALCÁRIO E ROÇADEIRA.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Nenezão, Celso Leite, Lafaete, Tiãozinho Borracheiro</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE FAÇA A DOAÇÃO DE UM TERRENO NA ÁREA INDUSTRIAL COM 675 M² À SENHORA CLÉLIA DE SOUZA SANTOS KONGA.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA AUMENTADO EM UNS 200 METROS DE COLETOR DE ÁGUA PLUVIAL.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA REAVALIADO O PROJETO SOBRE O PARALELEPÍPEDO DO BAIRRO ZIMARÉ. </t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Cleyton Carnevali, Rosana, Tiãozinho Borracheiro</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA FEITO GUARITAS NOS PONTOS DE ÔNIBUS ESCOLAR NAS ZONAS RURAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA FEITO A VOLTA DA FANFARRA DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A PAVIMENTAÇÃO ASFÁLTICA NAS RUAS MINAS GERAIS E RUA ITÁLIA.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A CONSTRUÇÃO DE UM REFEITÓRIO NO CMEI - CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A LIBERAÇÃO DO MAQUINÁRIO PARA LIMPEZA DO ATERRO SANITÁRIO</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A PINTURA DE TODOS OS MEIOS-FIOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIA UMA BOA REFORMA NA CASA DO ESTÁDIO MUNICIPAL DE ITAÚNA DO SUL.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Celso Leite, Nenezão</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A COMPRA DE UM ESPARRAMADOR DE FERTILIZANTES.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE FAÇA CONVITES PARA AS CIDADES VIZINHAS VIR TOCAR FANFARRA NO ANIVERSÁRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE OS REFLETORES QUE DEVE HAVER NA PRAÇA DA BANDEIRA E A ILUMINAÇÃO DIRECIONADA A BANDEIRA DO BRASIL.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Nenezão, Rosana</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A MANUTENÇÃO DAS ESTRADAS DA VILA RURAL NOSSA SENHORA DO ROCIO.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A COMPRA DE UMA ENXADA ROTATIVA SUPER FORTE ENCANTEIRADORA.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE QUEBRA-MOLAS NA RUA FELINTO DE SOUZA FREIRE COM A RUA ITÁLIA.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REATIVAMENTO DO VIVEIRO MUNICIPAL </t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A INSTAL</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Silvio de Mazzi, Adryano Sottoriva, Rosana</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE DESIGNE AO SETOR COM</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t>INTEGRAÇÃO DE RUA À QUADRA ESPORTIVA DOM BENJAMIN</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDO MARCELO DA SILVA, PARA QUE PROVIDENCIE NOVOS EQU</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE UM LOCAL ADEQUADO PARA O FUNCIONAMENTO DO CONSELHO TUTELAR. </t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A CONSTRUIR SALA PARA A SECRETÁRIA DE ESPORTE.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA COBRADO DAS EMPRESAS RESPONSÁVEIS PELA LIMPEZA DO MUNICÍPIO MAIS FREQUÊNCIA E AGILIDADE NOS TRABALHOS REALIZADOS. </t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA UMA PROGRAMAÇÃO DIFERENCADA PARA O MUNICÍPIO. </t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA PROVIDENCIADO  A TAMPA DE BUEIRO DA ESQUINA DA RUA ESTADO UNIDOS COM A RUA FELINTO DE SOUZA FREIRE.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA PROVIDENCIADO A ILUMINAÇÃO DE NATAL DA PRAÇA DA BANDEIRA.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA PROVIDENCIE UM OFICIO PARA A SECRETÁRIA DE EDUCAÇÃO E PARA O GOVERNO DO ESTADO.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA PROVIDENCIADO QUE A MAQUINA NIVELADORA PASSE NA RUA ITALIA. </t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA PROVIDENCIADO U</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE O MUNICÍPIO FAÇA O CADASTRO JUNTO A SECRETARIA DO ESTADO DO PELC (PROGRAMA ESPORTE E LAZER DA CIDADE).</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA COLOCADO FITAS E FAIXAS ZEBRADAS NOS BUEIROS QUE FICA ENTRE A RUA ESTADOS UNIDOS E FELINTO DE SOUZA FREIRE</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA FEITA A RETIRADA DOS TOCOS DE ÁRVORES. </t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA PROVIDENCIADO PARA 2018 A SEPARAÇÃO DAS SECRETÁRIAS DE EDUCAÇÃO E ESPORTE</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE ENVIE À CÂMARA OS BALANCETES FINANCEIROS DO MÊS DE JANEIRO DE 2017.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO À MESA DIRETORA DA CÂMARA PARA QUE VERIFIQUE A POSSIBILIDADE DE CONSTRUÇÃO DE UM NOVO PRÉDIO PARA A CÂMARA MUNICIPAL DE ITAÚNA DO SUL.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final - 2019</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO PLENÁRIO DA CÂMARA MUNICIPAL DE ITAÚNA DO SUL PARA QUE SEJAM CONCEDIDOS DEZ DIAS DE PRAZO PARA ANÁLISE DO ANTEPROJETO DE LEI 006/2017.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE ENVIE À CÂMARA MUNICIPAL DE ITAÚNA DO SUL A APLICAÇÃO DOS RECURSOS TRANSFERIDOS AO MUNICÍPIO (VALOR E PORCENTAGEM), DISCRIMINADOS POR ÁREA, EM JANEIRO E FEVEREIRO DO EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE ENVIE À CÂMARA MUNICIPAL DE ITAÚNA DO SUL A RELAÇÃO DE TODOS OS VEÍCULOS DA FROTA MUNICIPAL, COM A INDICAÇÃO DO DEPARTAMENTO EM QUE ESTÃO LIGADOS.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE ENVIE À CÂMARA MUNICIPAL DE ITAÚNA DO SUL INFORMAÇÕES DETALHADAS REFERENTE AO CADASTRO PARA CONSTRUÇÃO DE CASAS POPULARES NO TERRENO DE ESPÓLIO DO SENHOR JOSÉ DUDA DA SILVA.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>Silvio de Mazzi, Adryano Sottoriva</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE ENVIE À CÂMARA MUNICIPAL DE ITAÚNA DO SUL INFORMAÇÕES REFERENTES AO ATERRO SANITÁRIO MUNICIPAL, BEM COMO O ANDAMENTO DA LICITAÇÃO DA VALA E DO MANTO DE GEOMEMBRANA, PARA SER ATERRADO O LIXO DOMICILIAR.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO PLENÁRIO DA CÂMARA MUNICIPAL DE ITAÚNA DO SUL PARA QUE SEJA MARCADA UMA DATA E QUE O SECRETÁRIO MUNICIPAL DE ESPORTES, SENHOR MARCELO DA SILVA FREITAS, SEJA CONVOCADO PARA PRESTAR ESCLARECIMENTOS AOS NOBRES PARLAMENTARES.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO PLENÁRIO DA CÂMARA MUNICIPAL DE ITAÚNA DO SUL PARA QUE SEJA MARCADA UMA DATA E QUE O SECRETÁRIO MUNICIPAL DE SAÚDE, SENHOR JOÃO BATISTA DE SOUZA, SEJA CONVOCADO PARA PRESTAR ESCLARECIMENTOS AOS NOBRES PARLAMENTARES.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>Comissão de Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO PLENÁRIO DA CÂMARA MUNICIPAL DE ITAÚNA DO SUL PARA QUE SEJA CONCEDIDO MAIS DEZ DIAS DE PRAZO PARA ANÁLISE DO ANTEPROJETO DE LEI 006/2017.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO PLENÁRIO DA CÂMARA MUNICIPAL DE ITAÚNA DO SUL PARA QUE SEJA CONCEDIDO MAIS DEZ DIAS DE PRAZO PARA ANÁLISE DO ANTEPROJETO DE LEI 013/2017.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO PLENÁRIO DA CÂMARA MUNICIPAL DE ITAÚNA DO SUL PARA QUE O ANTEPROJETO DE LEI 021/2017 SEJA VOTADO EM REGIME DE URGÊNCIA.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXCELENTÍSSIMO SENHOR PREFEITO EVANDRO MARCELO DA SILVA,PARA QUE SEJA FEITA A DOAÇÃO DE UM TERRENO COM MEDIDAS DE 10X30 AO SENHOR LUIZ CARLOS NAVARRO,PORTADOR DO RG:5.513.189-9 E DO CPF:866.047.919-04 PARA A CONTRUÇÃO DE UM BARRACÃO DE LAJES E POSTES.  </t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXECELENTISSIMO SENHOR PREFEITO EVANDRO MARCELO DA SILVA,PARA QUE SEJA FEITA A DOAÇÃO DE UM TERRENO MEDINDO 150 METROS QUADRADOS SITUADO NA AREA INDUSTRIAL A SENHORA ROSEMARY PEREIRA ROCHA KIKUSCHI,BRASILEIRA DIVORCIADA PORTADORA DO RG:6.176.947-1.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO EXCELENTÍSSIMO SENHOR EVANDRO MARCELO DA SILVA PARA QUE ENTRE EM CONTATO COM A COPEL PARA QUE A MESMA INFORME QUAIS AS SITUAÇÕES DOS TERRENOS.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE REALIZE A DOAÇÃO DE UM TERRENO PARA O SENHOR PAULO FELIPE DE OLIVEIRA.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PRORROGAÇÃO DE PRAZO </t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES DO PODER EXECUTIVO SOBRE O PPA 2013-2016</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>Rosana, Adryano Sottoriva, Celso Leite, Cleyton Carnevali, Edson Moreira Guimarães, Lafaete, Nenezão, Silvio de Mazzi, Tiãozinho Borracheiro</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES AO SENHOR PREFEITO MUNICIPAL SOBRE A AQUISIÇÃO DE BANDEIRA PARA O MUNICÍPIO. </t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/336/336_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/336/336_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXCELENTÍSSIMO SENHOR PREFEITO EVANDRO MARCELO DA SILVA, PARA QUE REALIZE A COMPRA DE MUDAS DE ÁRVORES PARA PLANTAR NA CIDADE . A CIDADE PRECISA DE NOVAS ÁRVORES. </t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO DA CAPELA MORTUÁRIA MUNICIPAL. </t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DOS EQUIPAMENTOS DA CLÍNICA DE FISIOTERAPIA.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>Nenezão, Lafaete</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO EXCELENTÍSSIMO SENHOR PREFEITO EVANDRO MARCELO DA SILVA A COMPRA DE UMA PLANA AGRÍCOLA </t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS CARGOS EFETIVOS E EMPREGOS PÚBLICOS E APLICA O NOVO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO DO PODER EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO CELEBRAR CONVÊNIO OBJETIVANDO APOIO À EDUCAÇÃO ESPECIAL PRESTADA PELA ESCOLA PROFESSORA HISSAKO MATUOKA CORREIA, MANTIDA PELA APAE.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE ITAÚNA DO SUL, PARA O EXERCÍCIO DE 2017, POR SUPERÁVIT FINANCEIRO DE RECURSOS VINCULADOS, INCLUSÃO NO PPA 2014-2017 E INCLUSÃO NA LDO PARA 2017.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESTINA RECEITA DE CAPITAL DERIVADA DA ALIENAÇÃO DE BENS E DIREITOS QUE INTEGRAM O PATRIMÔNIO PÚBLICO PARA AQUISIÇÃO DE IMPLEMENTOS AGRÍCOLAS E 01 ÔNIBUS PARA O MUNICÍPIO DE ITAÚNA DO SUL.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1° E O INCISO II DO ARTIGO 2° DA LEI MUNICIPAL N° 988/2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FINANCEIRO RECURSOS VINCULADOS NA LOA - LEI ORÇAMENTÁRIA ANUAL N° 1.165/2016, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL N° 1.040/2013 DO PPA 2014 A 2017, E NA LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL N° 1.149/2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR TENDÊNCIA DE EXCESSO DE ARRECADAÇÃO RECURSOS VINCULADOS NA LOA - LEI ORÇAMENTÁRIA ANUAL N° 1.165/2016, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL N° 1.040/2013 DO PPA 2014 A 2017, E NA LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL N° 1.149/2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NA LOA - LEI ORÇAMENTÁRIA ANUAL N° 1.165/2016, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL N° 1.040/2013 DO PPA 2014 A 2017, E NA LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL N° 1.149/2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE CONCEIÇÃO MARTINS GUILHEM A RUA PROJETADA A DO RESIDENCIAL BENJAMIM DE SOUZA GOMES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI PARÁGRAFO ÚNICO NO ARTIGO 1° DA LEI MUNICIPAL N° 987/2013 DE 01/03/2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CEDER GRATUITAMENTE A INTERESSADOS, OS GALHOS PROVENIENTES DA PODA DE ÁRVORES REALIZADAS NO MUNICÍPIO DE ITAÚNA DO SUL QUE NÃO SÃO APROVEITADOS E D&amp;#180;S OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANULA AS FALTAS FUNCIONAIS APLICADAS AOS PROFESSORES E ATENDENTES DE EDUCAÇÃO INFANTIL DO MUNICÍPIO DE ITAÚNA DO SUL POR LIVRE EXERCÍCIO DO DIREITO DE GREVE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI MUNICIPAL N° 119/91, DE 10 DE JANEIRO DE 1991, CRIANDO 01 (UMA) VAGA/CARGO DE PROVIMENTO EM COMISSÃO DE DIRETOR DE POSTO DE TRÂNSITO E JUNTA DE SERVIÇO MILITAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADQUIRIR UM VEÍCULO PARA USO DA PREFEITURA MUNICIPAL DE ITAÚNA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL, CEDER EM COMODATO GRATUITO, O IMÓVEL LANCHONETE EM ALVENARIA LOCALIZADO NA PRAÇA DA BANDEIRA, NO CENTRO DO MUNICÍPIO DE ITAÚNA DO SUL, A PESSOA JURÍDICA ELIANA FREGNAN.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDER A OUTORGA DE ESCRITURA PÚBLICA DE RATIFICAÇÃO DE DOAÇÃO EM RAZÃO DA CONCESSÃO DO DIREITO REAL DE USO A TÍTULO DE COMODATO DO LOTE 10 (DEZ), DA QUADRA 55 (CINQUENTA E CINCO) DA PLANTA GERAL DA CIDADE DE ITAÚNA DO SUL-PR, AOS SENHORES CRISTOVAN CODATO E JOSEFA LUQUES CODATO.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER A AFETAÇÃO, RETORNANDO AO DOMÍNIO PÚBLICO, AS RUAS CEARÁ E GOIÁS E, 0,5M X 315M DE EXTENSÃO (CINCO METROS DE LARGURA POR TREZENTOS E QUINZE DE COMPRIMENTO) DA AVENIDA BRASIL; PARA DETERMINAR A CONSTRUÇÃO DE CASAS POPULARES, AOS MUNÍCIPES DE BAIXA RENDA E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MUNICIPALIZAÇÃO DE TRECHO URBANO DE SEGMENTO DA RODOVIA PR-182, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O SERVIÇO VOLUNTÁRIO NO ÂMBITO DA ADMINISTRAÇÃO DIRETA, DAS AUTARQUIAS E DAS FUNDAÇÕES DO MUNICÍPIO DE ITAÚNA DO SUL.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A IMPLANTAR EMPREENDIMENTOS, FIRMAR CONVÊNIOS, CONCEDER ISENÇÕES FISCAIS RELATIVAS À CONSTRUÇÃO DE UNIDADES HABITACIONAIS VINCULADAS A PROGRAMAS HABITACIONAIS DE INTERESSE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS PARÁGRAFOS PRIMEIRO E SEGUNDO DO ARTIGO 54 DA LEI 1105/2015, DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS, O QUAL TERÁ A REDAÇÃO DESCRITA NA PRESENTE LEI.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER E RECONHECER COMO ENTIDADE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES DE ITAÚNA DO SUL INSCRITA NO CNPJ: 23.746980/0001-71 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE ACERCA DA POSSIBILIDADE DE SUPLEMENTAÇÃO DE CARGA HORÁRIA DE SERVIDOR PUBLICO MUNICIPAL E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE NORMAS ÀS SOCIEDADES CIVIS,ÀS ASSOCIAÇÕES E ÀS FUNDAÇÕES QUE QUEIRAM SER DECLARADAS DE UTILIDADE PÚBLICA,E DA OUTRAS PROVIDÊNCIAS   </t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>Nenezão, Celso Leite</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.docx</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE PULVERIZAÇÃO AÉREA DO AGROTÓXICO GLIFOSATO DENTRO DOS LIMITES DO MUNICÍPIO DE ITAÚNA DO SUL/PR.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FINANCEIRO, RECURSOS VINCULADOS NA LOA - LEI ORÇAMENTÁRIA ANUAL N° 1.149/2013 DO PPA 2014 A 2017, E NA LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL N° 1.149/2016, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NA LOA - LEI ORÇAMENTÁRIA ANUAL N° 1.165/2016, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL N ° 1.040/2013 DO PPA 2014 A 2017, E NA LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL N° 1.149/2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S/A</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FINANCEIRO RECURSOS VINCULADOS E ANULAÇÃO DE DESPENSAS DO CORRENTE EXERCÍCIO NA LOA-LEI ORÇAMENTÁRIA_x000D_
 ANUAL N°1.165/2016,E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL N° 1.040/2013 DO PPA 2014 A 2017, E NA LDO-LEI DE DIRETRIZES ORÇAMENTARIAS -LEI MUNICIPAL N°1.149/2016, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NA LOA-LEI ORÇAMENTÁRIA ANUAL N°1.165/2016, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI _x000D_
 MUNICIPAL N°1.040/2013 DO PPA 2014 A 2017, E NA LDO-LEI MUNICIPAL N°1.149/2016, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA-SE CAPUT DO ARTIGO 5°,O INCISO I,AS LETRAS </t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO ÚNICO DA LEI N° 1.171/2017 DE 03 DE MARÇO DE 2.017, QUE DISPÕE SOBRE DESTINAÇÃO DE RECEITA DE CAPITAL DERIVADA DA ALIENAÇÃO D BENS E DIREITOS PARA AQUISIÇÃO DE IMPLEMENTOS AGRÍCOLAS E 01 ÔNIBUS PARA O MUNICÍPIO DE ITAÚNA DO SUL E DÁ OUTRAS PROVIDÊNCIAS, O QUAL PASSARÁ A TER A REDAÇÃO DESCRITA NA PRESENTE LEI.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O TEXTO DO ITEM 18 DO PLANO MUNICIPAL DE EDUCAÇÃO, APROVADO PELA LEI MUNICIPAL Nº 1.106/2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FINANCEIRO E EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS NA LOA - LEI ORÇAMENTÁRIA ANUAL N° 1.165/2016, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL N° 1.040/2013 DO PPA 2014 A 2017, E NA LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL N° 1.149/2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DECLARAR COMO ENTIDADE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES DE ITAÚNA DO SUL INSCRITA NO CNPJ: 23.746.980/0001-71, NOS TERMOS DA LEI MUNICIPAL Nº 1.193/2017.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO DE DOTAÇÃO DE RECURSOS VINCULADOS NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL N° 1.165/2016, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL N° 1.040/2013 DO PPA 2014 A 2017, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS &amp;#8211; LEI MUNICIPAL N° 1.149/2016, E DÁ OUTRAS PROVIDÊNCIAS.	</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL N° 1.165/2016, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL N° 1.040/2013 DO PPA 2014 A 2017, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS &amp;#8211; LEI MUNICIPAL N° 1.149/2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MUNICIPALIZAÇÃO DE FAIXA DE DOMÍNIO DE TRECHO URBANO DE SEGMENTO DA RODOVIA PR-182, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E REVOGA ARTIGOS DA LEI MUNICIPAL N° 237/97, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS, O QUAL PASSARÁ A TER A REDAÇÃO DESCRITA NA PRESENTE LEI.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO DE RECURSOS VINCULADOS NA LOA - LEI ORÇAMENTÁRIA ANUAL N° 1.165/2016, E SOBRE A ALTERAÇÃO DA META DE TRABALHO DA LEI MUNICIPAL N° 1.040/2013 DO PPA 2014 A 2017, E NA LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL N° 1.149/2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL 1.192/2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL - PPA DO MUNICÍPIO DE ITAÚNA DO SUL, ESTADO DO PARANÁ, PARA O QUADRIÊNIO DE 2018 A 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRÉDITO ADICIONAL ESPECIAL - PODER EXECUTIVO - EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS NA LOA </t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS DA LEI MUNICIPAL N 267-99</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚNA DO SUL, ESTADO DO PARANÁ PARA O EXERCÍCIO FIN</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA OS COMPONENTES DO MUNICÍPIO DE ITAÚNA DO SUL ESTADO DO PARANÁ DO SISTEMA NACIONAL DE SEGURANÇA </t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR </t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS I E II DA LEI Nº 1.198/2017</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS DA LEI MUNICIPAL N° 1.148/2016</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>Adryano Sottoriva, Nenezão, Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t>SÚMULA - FUNDO ESPECIAL - CÂMARA MUNICIPAL DE ITAÚNA DO SUL - INSTITUIÇÃO - LEI FEDERAL 4.320 - INSTRUÇÃO NORMATIVA 89/2013 DO TRIBUNAL DE CONTAS DO PARANÁ.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS NA LOA - LEI ORÇAMENTÁRIA ANUAL Nº 1.165/2016, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.040/2013 DO PPA 2014 A 2017, E NA LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.149/2016, EDÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO E ANULAÇÃO DE DOTAÇÃO DE RECURSOS VINCULADOS NA LOA - LEI ORÇAMENTÁRIA ANUAL Nº 1.165/2016, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.040/2013 DO PPA 2014 A 2017, E NA LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.149/2016 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO SUPLEMENTAR E ESPECIAL POR EXCESSO DE ARRECADAÇÃO E ANULAÇÃO DE DOTAÇÃO DE RECURSOS VINCULADOS NA LOA - LEI ORÇAMENTÁRIA ANUAL Nº 1.165/2016, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.040/2013 DO PPA 2014 A 2017, E NA LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.149/2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamentos</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO COM RESSALVAS DAS CONTAS DO EXECUTIVO MUNICIPAL RELATIVAS AO EXERCÍCIO DE 2</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.pdf</t>
   </si>
   <si>
     <t>Estabelece o orçamento do Legislativo Municipal para o exercício de 2018.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>EMSB</t>
   </si>
   <si>
     <t xml:space="preserve">Emenda Substitutiva </t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUI O ARTIGO 2° DO ANTEPROJETO DE LEI 05/2017, PASSANDO A TER NOVA REDAÇÃO.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO 01/2017 DO PROJETO DE LEI 051/2017</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
     <t>CONCEDE GRATIFICAÇÃO PELO EXERCÍCIO DE FUNÇÃO DE DIREÇÃO DO SETOR DE ACESSO À INFORMAÇÃO DA CÂMARA MUNICIPAL DE ITAÚNA DO SUL - PR À SERVIDORA PÚBLICA ALLANA MARIELE MAZARO ZARELLI.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>NOMEIA CARLOS ROBERTO DE MAZZI PRATES, SERVIDOR PÚBLICO EFETIVO DO MUNICÍPIO DE ITAÚNA DO SUL, PARANÁ, COMO CONTROLADOR INTERNO DA CÂMARA MUNICIPAL DE ITAÚNA DO SUL, PARANÁ.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>ALTERA PORTARIA Nº 11/2017</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>DECL</t>
   </si>
   <si>
     <t>Decreto-legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2017/673/270_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2017/673/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA COM RESSALVAS AS CONTAS DO EXECUTIVO MUNICIPAL RELATIVAS AO EXERCÍCIO DE 2013.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO PR. NELSON BISPO DOS SANTOS, PELAS RELEVANTES CONTRIBUIÇÕES AO POVO DE ITAÚNA DO SUL.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ÀS MULHERES SUL-ITAUNENSES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2443,68 +2443,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2017/673/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2017/673/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="126.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>