--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -54,1161 +54,1161 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Lafaete</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/354/354_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/354/354_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA PROVIDENCIADO A LIMPEZA NAS CALÇADAS DA PRAÇA DA BANDEIRA.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/355/355_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/355/355_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA REALIZADA A CONSTRUÇÃO DE CASAS HABITACIONAIS. </t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/356/356_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/356/356_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA PASSE A MÁQUINA NIVELADORA NAS RUAS DO CONJUNTO HABITACIONAL COLIBRI</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA REVISTO O HORÁRIO DAS AUDIÊNCIAS PÚBLICAS. </t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Edson Moreira Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/361/361_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/361/361_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DO UM TREVO NA PLACA DE ITAÚNA DO SUL </t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Celso Leite</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/362/362_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/362/362_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE JUNTO A REFORMA DO HOSPITAL UM APARTAMENTO PARA OS MÉDICOS PLANTONISTAS.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/363/363_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A CONSTRUÇÃO DE UM REFEITÓRIO ADEQUADO NO CMEI - PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/364/364_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/364/364_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERANDO O REQUERIMENTO N°23/2017 DO VEREADOR SILVIO DE MAZZI DOS SANTOS E DA VEREADORA ROSANA MARIA FRANCISCO VENHO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A COMPRA DE UM BEBEDOURO PARA A CAPELA MORTUÁRIA.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Rosana</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/365/365_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/365/365_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REITERANDO A INDICAÇÃO Nº53/2017 DOS VEREADORES SILVIO DE MAZZI DOS SANTOS E CLEYTON CARNEVALI AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE UMA OPERAÇÃO DE TAPA BURACOS NAS RUAS DO MUNICÍPIO E DO ESTACIONAMENTO DO HOSPITAL. </t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Celso Leite, Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/366/366_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/366/366_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICAÇÃO Nº14/2017 DOS VEREADORES SILVIO DE MAZZI DOS SANTOS E CELSO LEITE AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A SINALIZAÇÃO ADEQUADA DO ESTACIONAMENTO EM FRENTE AO PAÇO MUNICIPAL.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Celso Leite, Adryano Sottoriva, Cleyton Carnevali, Edson Moreira Guimarães, Lafaete, Nenezão, Rosana, Silvio de Mazzi, Tiãozinho Borracheiro</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/367/367_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/367/367_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICAÇÃO Nº02/2017 DOS VEREADORES DESTA CASA DE LEIS, O EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE UM LEVANTAMENTO EM TODO PERÍMETRO URBANO DO NOSSO MUNICÍPIO SOBRE COMO ESTÁ A ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/368/368_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/368/368_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O ILUSTRE VEREADOR LAFAETE ZOWTYI INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE A COMPRA DE CINCOS MOTOS PARA USO DAS SECRETÁRIAS. </t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/369/369_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/369/369_texto_integral.pdf</t>
   </si>
   <si>
     <t>O ILUSTRE VEREADOR LAFAETE ZOWTYI INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE PRESTE MAIS APOIO A SECRETARIA DO ESPORTE E O C.A.I.S.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/371/371_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/371/371_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE COLOQUE PLACAS DE SINALIZAÇÃO NA PLACA ITAÚNA. </t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/376/376_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/376/376_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA CONSTRUÇÃO DE UM NOVO GALPÃO NA VILA DA PLACA ITAÚNA, ONDE SERÁ EXCLUSIVAMENTE AO SETOR DA SAÚDE, ATENDIMENTO MÉDICO E PEDIÁTRICO. </t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/381/381_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/381/381_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA COLOCADO UM BARRACÃO QUE SEJA SERVIDO CAFÉ DA MANHÃ PARA TODOS OS TRABALHADORES._x000D_
 </t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/382/382_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/382/382_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, EVANDRO MARCELO DA SILVA, PARA QUE SEJA FEITA A MANUTENÇÃO NAS  MÁQUINAS  DA LAVANDERIA DO HOSPITAL MUNICIPAL.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Cleyton Carnevali</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER O CONCERTO DAS CALÇADAS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/358/358_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/358/358_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXCELENTÍSSIMO SENHOR PREFEITO EVANDRO MARCELO DA SILVA, QUE PROVIDENCIE UMA PISTA DE CAMINHADA  </t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/375/375_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXCELENTÍSSIMO SENHOR PREFEITO EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE EQUIPAMENTO ADEQUADO PARA OS FUNCIONÁRIOS TRABALHAR NA 227 JUNTA  DE SERVIÇO MILITAR DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/378/378_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/378/378_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA NO GALPÃO DA VILA PLACA ITAÚNA</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/374/374_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/374/374_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXCELENTÍSSIMO SENHOR PREFEITO EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE UMA NOVA PLANTAÇÃO DE ÁRVORES NOS LOCAIS ONDE FOI RETIRADAS AS ÁRVORES ANTIGAS, PRINCIPALMENTE EM VOLTA DA PRAÇA DA BANDEIRA. </t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/373/373_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/373/373_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXCELENTÍSSIMO SENHOR PREFEITO EVANDRO MARCELO DA SILVA, PARA QUE PROVIDENCIE, A CONSTRUÇÃO DE UM ALMOXARIFADO AO LADO DA GARAGEM DO HOSPITAL MUNICIPAL. </t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/344/344_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/344/344_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR ANULAÇÃO DE DOTAÇÃO DE RECURSOS VINCULADOS NA LOA- LEI ORÇAMENTÁRIA ANUAL Nº 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PRA 2018 A 2021 E NA IDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/345/345_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/345/345_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA-SE O ARTIGO 1º, ARTIGO 2º, INCISO VII, CRIA O INCISO VIII, RETIRA O PARÁGRAFO ÚNICO, TODOS DO ARTIGO 2º DA LEI 1.127/2015, QUE DISPÕE SOBRE A UTILIZAÇÃO DE IMÓVEIS PARA FINS DE DESENVOLVIMENTO ECONÔMICO, GERAÇÃO DE EMPREGO E RENDA, OS QUAIS PASSARÃO A TER REDAÇÃO DESCRITA NA PRESENTE LEI. _x000D_
 </t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>Adryano Sottoriva, Lafaete, Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/447/projeto_de_lei_narguile_ZEKNTSh.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/447/projeto_de_lei_narguile_ZEKNTSh.pdf</t>
   </si>
   <si>
     <t>Veda o uso de cachimbo conhecido como "NARGUILÉ" em locais públicos, no Município de Itaúna do Sul, Estado do Paraná, por qualquer pessoa e sua comercialização para menores de 18 anos, e dá outras providências.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/346/346_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/346/346_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FORNECER AUXÍLIO-MORADIA E AUXÍLIO ALIMENTAÇÃO AOS MÉDICOS PARTICIPANTES DO &amp;#8220;PROJETO MAIS MÉDICOS PARA O BRASIL&amp;#8221; INSTITUIDO NO ÂMBITO DO &amp;#8220;PROGRAMA MAIS MÉDICOS&amp;#8221; E REVOGANDO A LEI MUNICIPAL NUMERO 1077/2014 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/353/353_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/353/353_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO E O PAGAMENTO DE DIÁRIAS E INDENIZAÇÕES DE VIAGEM NO ÂMBITO DO PODER EXECUTIVO DO MUNICÍPIO DE ITAÚNA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/347/347_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/347/347_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR TENDÊNCIA DE EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL Nº 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/348/348_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/348/348_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR TENDÊNCIA DE EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL Nº 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/349/349_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/349/349_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FINANCEIRO DE ARRECADAÇÃO DE RECURSOS VINCULADOS NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL Nº 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/350/350_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/350/350_texto_integral.pdf</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/351/351_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/351/351_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS CARGOS EFETIVOS E EMPREGOS PÚBLICOS E APLICA O NOVO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO DO PODER EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>Adryano Sottoriva</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/352/352_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/352/352_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS CARGOS EFETIVOS E EMPREGOS PÚBLICOS E APLICA O NOVO PISO SALARIAL DOS SERVIDORES E AGENTES POLÍTICOS DA CÂMARA MUNICIPAL DE ITAÚNA DO SUL.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/379/379_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/379/379_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL Nº 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/380/380_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/380/380_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR ANULAÇÃO DE DOTAÇÃO DE RECURSOS VINCULADOS NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL Nº 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/383/383_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/383/383_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR TENDÊNCIA DE EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS E POR ANULAÇÃO DE DOTAÇÃO NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL Nº 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/384/384_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/384/384_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S.A._x000D_
 </t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/385/385_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/385/385_texto_integral.pdf</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/386/386_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/386/386_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR TENDÊNCIA DE EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS E POR ANULAÇÃO DE DOTAÇÃO NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL Nº 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/387/387_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/387/387_texto_integral.pdf</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/388/388_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/388/388_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR TENDÊNCIA DE EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS E POR ANULAÇÃO DE DOTAÇÃO NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL Nº 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/389/389_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/389/389_texto_integral.pdf</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/390/390_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/390/390_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR TENDÊNCIA DE EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS E POR ANULAÇÃO DE DOTAÇÃO NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL N° 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL N° 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS &amp;#8211; LEI MUNICIPAL N° 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/411/411_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/411/411_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S.A.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/391/391_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/391/391_texto_integral.pdf</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/392/392_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/392/392_texto_integral.pdf</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/393/393_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/393/393_texto_integral.pdf</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/394/394_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/394/394_texto_integral.pdf</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/395/395_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR TENDÊNCIA DE EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS E POR ANULAÇÃO DE DOTAÇÃO NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL N° 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL N° 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS &amp;#8211; LEI MUNICIPAL N° 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/396/396_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/396/396_texto_integral.pdf</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/397/397_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/397/397_texto_integral.pdf</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/398/398_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/398/398_texto_integral.pdf</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/399/399_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/399/399_texto_integral.pdf</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/400/400_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/400/400_texto_integral.pdf</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/412/412_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/412/412_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A NOTA FISCAL DE SERVIÇOS ELETRÔNICA &amp;#8211; NFS-E NO ÂMBITO DO MUNICÍPIO DE ITAÚNA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/413/413_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/413/413_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL, COM ENCARGO, À PESSOA JURÍDICA, VISANDO O FOMENTO DA ATIVIDADE ECONÔMICA VOLTADA PARA A POLÍTICA DE GERAÇÃO DE RENDA NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/401/401_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/401/401_texto_integral.pdf</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/415/415_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/415/415_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ESPECIAL POR ANULAÇÃO DE DOTAÇÃO DE RECURSOS VINCULADOS NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL Nº 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/402/402_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/402/402_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL N° 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL N° 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS &amp;#8211; LEI MUNICIPAL N° 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/403/403_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/403/403_texto_integral.pdf</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/414/414_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/414/414_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL ADQUIRIR IMÓVEL RURAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/416/416_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/416/416_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O MUNICÍPIO A CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL DE FORMA RESOLÚVEL, JUNTO A ÁREA INDUSTRIAL DO MUNICÍPIO DE ITAÚNA DO SUL, NOS TERMOS DA LEI MUNICIPAL Nº 1.127/2015, COM AS ALTERAÇÕES TRAZIDAS PELA LEI 1.222/2018, E DA OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/417/417_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/417/417_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO E ANULAÇÃO DE DOTAÇÃO DE RECURSOS VINCULADOS NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL Nº 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/418/418_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/418/418_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O MUNICÍPIO A UNIFICAR OS LOTES URBANOS 2,3 E 50% (CINQUENTA POR CENTO) DO LOTE 16, EM UMA SÓ MATRÍCULA EM SEPARADO DA TRANSCRIÇÃO SOB Nº 3.421, ATUALMENTE EXISTENTE JUNTO AO REGISTRO DE IMÓVEIS DE NOVA LONDRINA, ESTADO DO PARANÁ, E DA OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/404/404_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/404/404_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI ATRIBUIÇÃO NA ROTINA ADMINISTRATIVA CONTIDA NO ANEXO I DA LEI 1000/2013, EM ESPECÍFICO NOS CARGOS DE AGENTE ADMINISTRATIVO E DE FISCAL DE CADASTRO E POSTURA.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/419/419_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/419/419_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR SUPERÁVIT FINANCEIRO DE RECURSOS VINCULADOS E POR TENDÊNCIA DE EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL Nº 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/405/405_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/405/405_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A FIRMAR CONVÊNIO COM A APAE, OBJETIVANDO O REPASSE DE RECURSOS DO FUNDEB.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/420/420_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/420/420_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A NOTA FISCAL DE SERVIÇOS ELETRÔNICA &amp;#8211; NFS-E NO ÂMBITO DO MUNICÍPIO DE ITAÚNA DO SUL E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/421/421_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/421/421_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INCLUI NA PREVISÃO DO ARTIGO 80 DA LEI MUNICIPAL 341/2002, O (A) SECRETÁRIO (A) DE EDUCAÇÃO DO MUNICÍPIO DE ITAÚNA DO SUL, O QUAL PASSARÁ A TER A REDAÇÃO DESCRITA NA PRESENTE LEI E, DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/406/406_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/406/406_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 5° DA LEI 624/2008, QUE CRIA O CONSELHO MUNICIPAL DOS DIREITOS DO IDOSO E DÁ OUTRAS PROVIDÊNCIAS, O QUAL PASSARÁ A TER A REDAÇÃO DESCRITA NA PRESENTE LEI.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/407/407_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/407/407_texto_integral.pdf</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/408/408_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/408/408_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA ADITAR OS VALORES DA TRANSFERÊNCIA DE RECURSOS FINANCEIROS ATRAVÉS DO TERMO DE COLABORAÇÃO FIRMADO ENTRE O MUNICÍPIO DE ITAÚNA DO SUL E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS - APAE DE ITAÚNA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/409/409_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/409/409_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR ANULAÇÃO DE DOTAÇÃO NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL N° 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL N° 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS &amp;#8211; LEI MUNICIPAL N° 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/410/410_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/410/410_texto_integral.pdf</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/422/422_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/422/422_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA-SE A REDAÇÃO DO ARTIGO 1° DA LEI MUNICIPAL 1.254/2018, O QUAL PASSARÁ A TER A REDAÇÃO DESCRITA NA PRESENTE LEI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/423/423_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/423/423_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DECLARAR COMO ENTIDADE DE UTILIDADE PÚBLICA O CENTRO PARANAENSE DE FUTEBOL E TREINAMENTO &amp;#8211; CPFUT, INSCRITA NO CNPJ: 11.221.393/0001-80 E DA OUTRAS PROVIDÊNCIAS, NOS TERMOS DA LEI MUNICIPAL Nº 1.193/2017.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/424/plo-59-2018.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/424/plo-59-2018.pdf</t>
   </si>
   <si>
     <t>CRIA, DEFINE E REGULAMENTA O BENEFÍCIO DO ALUGUEL SOCIAL NO ÂMBITO DA POLÍTICA MUNICIPAL DE ASSISTÊNCIA SOCIAL NO MUNICÍPIO DE ITAÚNA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/425/425_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/425/425_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT DE RECURSOS VINCULADOS NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL Nº 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/426/projeto_de_lei_advogados_completo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/426/projeto_de_lei_advogados_completo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DE HONORÁRIOS DE SUCUMBÊNCIA AOS ADVOGADOS DO MUNICÍPIO DE ITAÚNA DO SUL, FIXA CRITÉRIOS PARA O RATEIO DESSES VALORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/427/427_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/427/427_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚNA DO SUL, ESTADO DO PARANÁ, PARA O EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/428/428_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/428/428_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUSÃO E ALTERAÇÃO DE AÇÕES DE GOVERNO NO PLANO PLURIANUAL DE INVESTIMENTOS - PPA PARA O EXERCÍCIO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/429/429_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/429/429_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I E II DA LEI N° 1.250/2018.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/430/430_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/430/430_texto_integral.pdf</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/431/431_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/431/431_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR TENDÊNCIA DE EXCESSO DE ARRECADAÇÃO DE RECURSOS VINCULADOS DE DOTAÇÃO NA LOA &amp;#8211; LEI ORÇAMENTÁRIA ANUAL Nº 1.220/2017, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/432/432_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/432/432_texto_integral.pdf</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/372/372_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/372/372_texto_integral.pdf</t>
   </si>
   <si>
     <t>TÍTULO DE CIDADÃO HONORÁRIO</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/1281/res-01-2018.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/1281/res-01-2018.pdf</t>
   </si>
   <si>
     <t>Estabelece o Orçamento do Legislativo Municipal para o exercício de 2019.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/1282/res-02-2018.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/1282/res-02-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento vigente.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>EMA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamentos</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/2112/eadt-01-2018.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/2112/eadt-01-2018.pdf</t>
   </si>
   <si>
     <t>Cria, define e regulamenta o Beneficio do Aluguel Social no âmbito da política municipal de assistência social no Município de Itaúna do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>EMM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/2113/emod-04-2018.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/2113/emod-04-2018.pdf</t>
   </si>
   <si>
     <t>Mudam-se os Artigos 5º, 6º, §2º, e o Artigo 7º do Projeto de Lei nº 059/2018 do Executivo Municipal.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/605/livro_portaria20200708131523.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/605/livro_portaria20200708131523.pdf</t>
   </si>
   <si>
     <t>Conceder Férias a Funcionário conforme escala anexada.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/606/livro_portaria20200708131701.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/606/livro_portaria20200708131701.pdf</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/607/livro_portaria20200708131704.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/607/livro_portaria20200708131704.pdf</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/610/livro_portaria20200708141043.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/610/livro_portaria20200708141043.pdf</t>
   </si>
   <si>
     <t>Institui Processo Seletivo Simplificado (PSS) para contratação temporária e nomeia Comissão Especial de Processo Seletivo (CEPS).</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/611/livro_portaria20200708132627.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/611/livro_portaria20200708132627.pdf</t>
   </si>
   <si>
     <t>De acordo com o Previsto do Edital 01/2018, foi publicado no SITE Oficial e. no Mural de aviso da Câmara Municipal de Itaúna do Sul, no dia 07 de Abril de 2018 a convocação para prova de títulos dos candidatos classificados.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/612/livro_portaria20200708132630.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/612/livro_portaria20200708132630.pdf</t>
   </si>
   <si>
     <t>A candidata Fernanda Roberta Sasso Mello,' após apresentação dos documentos necessários para o cargo de Procurador Jurídico, encontra-se apta_x000D_
 para assumi-lo.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/613/livro_portaria20200708132636.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/613/livro_portaria20200708132636.pdf</t>
   </si>
   <si>
     <t>Altera o edital de tomada de preço) 01/2018, em relação á data de realização da licitação, recebimento e abertura dos envelopes "A" e "B" do Legislativo Municipal de Itaúna do Sul, Estado do Paraná.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>DECL</t>
   </si>
   <si>
     <t>Decreto-legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/674/decreto_legislativo_01.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/674/decreto_legislativo_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Prestação de Contas do Poder Executivo do Município de Itaúna do Sul/PR, referente ao exercício financeiro de 2014.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/370/370_texto_integral.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/370/370_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DO DIA INTERNACIONAL DA MULHER, NO DIA 8 DE MARÇO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1515,67 +1515,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/447/projeto_de_lei_narguile_ZEKNTSh.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/424/plo-59-2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/426/projeto_de_lei_advogados_completo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/1281/res-01-2018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/1282/res-02-2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/2112/eadt-01-2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/2113/emod-04-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/605/livro_portaria20200708131523.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/606/livro_portaria20200708131701.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/607/livro_portaria20200708131704.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/610/livro_portaria20200708141043.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/611/livro_portaria20200708132627.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/612/livro_portaria20200708132630.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/613/livro_portaria20200708132636.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/674/decreto_legislativo_01.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/370/370_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/447/projeto_de_lei_narguile_ZEKNTSh.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/424/plo-59-2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/426/projeto_de_lei_advogados_completo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/1281/res-01-2018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/1282/res-02-2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/2112/eadt-01-2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/2113/emod-04-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/605/livro_portaria20200708131523.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/606/livro_portaria20200708131701.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/607/livro_portaria20200708131704.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/610/livro_portaria20200708141043.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/611/livro_portaria20200708132627.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/612/livro_portaria20200708132630.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/613/livro_portaria20200708132636.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2018/674/decreto_legislativo_01.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/./sapl/public/materialegislativa/2018/370/370_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="126.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="110.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>