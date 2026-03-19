--- v0 (2026-01-29)
+++ v1 (2026-03-19)
@@ -51,1554 +51,1554 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>OFIR</t>
   </si>
   <si>
     <t>Ofícios Recebidos</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/</t>
   </si>
   <si>
     <t>OFICIO Nº 01/2019, ENCAMINHADO PELO SR. MARCOS AURÉLIO FIORAMONTE DA SILVA, SECRETÁRIO MUNICIPAL DE AGRICULTURA, AO SR. PRESIDENTE DA CÂMARA MUNICIPAL DE VEREADORES.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/479/oficio_02__marcos.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/479/oficio_02__marcos.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 02/2019, ENCAMINHADO PELO SR. MARCOS AURÉLIO FIORAMONTE DA SILVA, SECRETÁRIO MUNICIPAL DE AGRICULTURA, AO SR. PRESIDENTE DA CÂMARA MUNICIPAL DE VEREADORES.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/443/resposta_ind_10.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/443/resposta_ind_10.pdf</t>
   </si>
   <si>
     <t>Resposta a Indicação nº 010/2019._x000D_
 Vimos, por meio deste manifestar-se em face da Indicação direcionada ao Prefeito Municipal, solicitando que seja feita uma fiscalização na pavimentação asfáltica na Rua Felinto de Souza Freire.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/444/resposta_ind_11-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/444/resposta_ind_11-2019.pdf</t>
   </si>
   <si>
     <t>Assunto: Resposta a Indicação n° 11/2019_x000D_
 Excelentíssimos Vereadores,_x000D_
 Vimos, por meio deste manifestar-se em face da Indicação direcionada ao Prefeito Municipal, solicitando que seja adquirida uma plantadeira para os pequenos produtores de nosso Município.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/445/resposta_ind_12-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/445/resposta_ind_12-2019.pdf</t>
   </si>
   <si>
     <t>Assunto: Resposta a Indicacão n° 12/2019_x000D_
 Excelentíssimos Vereadores,_x000D_
 Vimos, por meio deste manifestar-se em face da Indicação direcionada ao Prefeito Municipal, solicitando que sejam construídas novas salas junto ao CMEI com intuito de melhor atender nossa comunidade.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/442/oficio_20-2019_adm.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/442/oficio_20-2019_adm.pdf</t>
   </si>
   <si>
     <t>Assunto: Resposta as Indicações n° 10,11,12,13,14,15,16,17,18,19,20, 24 e 26/2019 e dos Requerimentos n° 06,12,16 e 17/2019</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/507/doc_camera_4.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/507/doc_camera_4.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DO ANTEPROJETO DE LEI Nº 033/2019</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/508/doc_camera_5.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/508/doc_camera_5.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DO ANTEPROJETO DE LEI Nº 039/2019</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Lafaete</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/480/oficio_69__lafaete.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/480/oficio_69__lafaete.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 69/2019, ENCAMINHADO PELO SR. VEREADOR, LAFAETE ZOWTYI, AO SR. PREFEITO MUNICIPAL, FRANCISCO INOCÊNCIO LEITE NETO.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/484/oficio_resposta_combustivel.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/484/oficio_resposta_combustivel.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 110/2019, ENCAMINHADO PELO SR. AGNALDO VARELLA CÂMARA, SECRETÁRIO MUNICIPAL DE ADMINISTRAÇÃO E SR. PREFEITO MUNICIPAL, SR. FRANCISCO INOCÊNCIO LEITE NETO, EM RESPOSTA AO VEREADOR CLEYTON ROBERTO B. CARNEVALI.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/494/oficio_111.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/494/oficio_111.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 111/2019, DO SECRETÁRIO DE ADMINISTRAÇÃO, SR. AGUINALDO VARELLA CÂMARA, PARA O PRESIDENTE DA CÂMARA DE VEREADORES DO MUNICÍPIO DE ITAÚNA DO SUL, SR. CELSO INOCÊNCIO LEITE.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/485/oficio_promotor_concelheiros.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/485/oficio_promotor_concelheiros.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 591/2019 E 599/2019, ENCAMINHADO PELO SR. CAIO M. SANTANA DI RIENZO, PARA O SR. PREFEITO MUNICIPAL, FRANCISCO INOCÊNCIO LEITE NETO.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/536/indicacao_01-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/536/indicacao_01-2019.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que seja feita a compra de um mini trator com roçadeira para utilização em_x000D_
 pequenas áreas do município como na área de laser e a nossa praça da bandeira.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/535/indicacao_02-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/535/indicacao_02-2019.pdf</t>
   </si>
   <si>
     <t>reiterando a indicação 05/2018 do vereador Edson Moreira Guimarães, eu Lafaete Zowtyi vereador desta casa de Leis solicito ao Excelentíssimo senhor prefeito Evandro Marcelo da Silva, para que aumentem as estradas que dá acesso a placa Itaúna.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/534/indicacao_03-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/534/indicacao_03-2019.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que informe o motivo real do porque as obras de pavimentação e também recape estarem paradas.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Celso Leite</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/533/indicacao_04-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/533/indicacao_04-2019.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que seja feito a compra de uma Roçadeira manual para o município.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Edson Moreira Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/532/indicacao_05-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/532/indicacao_05-2019.pdf</t>
   </si>
   <si>
     <t>a indicação n°07/2017 do vereador Edson Moreira Guimarães, o mesmo Indica ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que seja feito dois pontos de ônibus cobertos, nas saldas para Nova Londrina e Diamante do Norte.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/531/indicacao_06-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/531/indicacao_06-2019.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que seja feito um quarto na Capela Mortuária.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/530/indicacao_07-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/530/indicacao_07-2019.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que seja feito dois quebra-molas no município na Rua esquina da Rua Paraguai com a Rua Felinto de Souza Freire e outro esquina da Rua Uruguai com a Rua Felinto de Souza Freire.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Rosana</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/529/indicacao_08-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/529/indicacao_08-2019.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que seja feito um quebra-molas na Avenida Brasil em frente a Farmácia Santa Terezinha.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/528/indicacao_09-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/528/indicacao_09-2019.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que seja feito um quebra-molas na Rua Uruguai esquina com a Sergipe.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/434/indicacao_10-2019_fiscalizacao_pav_asfaltica.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/434/indicacao_10-2019_fiscalizacao_pav_asfaltica.pdf</t>
   </si>
   <si>
     <t>Ementa Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que seja feito uma fiscalização na pavimentação asfáltica na Rua Felinto de Souza Freire.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>Adryano Sottoriva</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/435/indicacao_11-2019_plantadeira_pequeno_porte.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/435/indicacao_11-2019_plantadeira_pequeno_porte.pdf</t>
   </si>
   <si>
     <t>Ementa' Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que compre uma plantadeira para os pequenos produtores.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>Tiãozinho Borracheiro</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/436/indicacao_12-2019_salas_do_cmei.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/436/indicacao_12-2019_salas_do_cmei.pdf</t>
   </si>
   <si>
     <t>Ementa Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que construa salas a mais no CMEI para melhor atender nossa comunidade.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/437/indicacao_13-2019_calcadas.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/437/indicacao_13-2019_calcadas.pdf</t>
   </si>
   <si>
     <t>Ementa Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que façam calçadas na Avenida São Paulo esquina com a Rua Argentina e Rua Paraguai.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/438/indicacao_14-2019_quebra_molas.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/438/indicacao_14-2019_quebra_molas.pdf</t>
   </si>
   <si>
     <t>Ementa Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que façam quebra-molas na Rua Mato Grosso, onde foi feito asfalto perto do bar Nei Beleza sentido ao Conjunto Dom Benjamin 2.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/642/livro_indicacoes20200708114834.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/642/livro_indicacoes20200708114834.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que sejam contratados seguranças profissionais para fazer a segurança em_x000D_
 nossas escolas.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/537/indicacao_16-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/537/indicacao_16-2019.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que faça uma análise se é possível abastecer os veículos em Diamante do Norte.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Reforçando a indicação n°22/2018 do ilustre vereador Edson Moreira Guimarães, o mesmo indica ao ilustre Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que seja feita calçadas em nosso município.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/539/indicacao_18-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/539/indicacao_18-2019.pdf</t>
   </si>
   <si>
     <t>Reforçando a indicação n°33/2018 dos ilustres vereadores Silvio de Mazzi dos Santos, Adryano de Mazzi Sottoriva e a vereadora Rosana Maria Francisco, por meio de indicação, indicar ao prefeito municipal, que viabilize a instalação de um aparelho de ar condicionado no postinho de enfermagem do Hospital Municipal de Itaúna do Sul-PR.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/540/indicacao_19-2019__reforco.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/540/indicacao_19-2019__reforco.pdf</t>
   </si>
   <si>
     <t>Reforçando a indicação n°31/2018 dos ilustres vereadores Silvio de Mazzi dos Santos, Adryano de Mazzi Sottoriva e a vereadora Rosana Maria Francisco. Indica ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que faça a readequação da estrada paralela do inicio do Posto do Rafas até o_x000D_
 trevo bairro Zimaré e São Paulo.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>Reiterando a indicação n°53/2017 e a indicação n°09/2018 dos vereadores Silvio de Mazzi dos Santos e Cleyton Carnevali, Adryano de Mazzi Sottoriva e Lafaete Zowtyi ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que providencie uma operação de tapa buracos no estacionamento do hospital.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/542/indicacao_21-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/542/indicacao_21-2019.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que seja feita a revitalização da Praça da Igreja Matriz, e que junto faça um parquinho para as crianças, nos modelos dos municípios vizinhos.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/543/indicacao_22-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/543/indicacao_22-2019.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que seja feita a reforma da cerca do aterro sanitário.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/544/indicacao_23-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/544/indicacao_23-2019.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que faça junto a secretaria do esporte variando as atividades e implementando outras modalidades como vôlei, atletismo e outras.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/639/livro_indicacoes20200708114831.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/639/livro_indicacoes20200708114831.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que se faça um projeto de plantio de árvores nas nascentes dos rios pertencentes ao nosso município.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/545/indicacao_25-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/545/indicacao_25-2019.pdf</t>
   </si>
   <si>
     <t>Reiterando a indicação 34/2018. Pensando no bem estar dos munícipes, o vereador Silvio de Mazzi, vereador Adryano de Mazzi e a vereadora Rosana Maria Francisco, por meio de Indicação, indica ao prefeito Municipal, que viabilize a instalação de um aparelho de ar condicionado na biblioteca cidadã.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/640/livro_indicacoes20200708114829.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/640/livro_indicacoes20200708114829.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que seja feito uma compra de materiais esportivos para a secretaria do_x000D_
 esporte de Itaúna do Sul-PR.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/641/livro_indicacoes20200708114824.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/641/livro_indicacoes20200708114824.pdf</t>
   </si>
   <si>
     <t>Reiterando a indicação 02/2017 dos mesmos os nobres vereadores e vereadora, indica ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que providencie um levantamento sobre a iluminação pública em todo o perímetro urbano do município.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>o ilustre vereador Lafaete Zowtyi, indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para que o município junto a secretária da_x000D_
 educação consiga trazer para o nosso município o curso de magistério.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/456/indicacao_29_20190626151423.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/456/indicacao_29_20190626151423.pdf</t>
   </si>
   <si>
     <t>Os ilustres vereadores, Silvio de Mazzi dos Santos, Adryano de Mazzi Sottoriva e Celso Inocêncio Leite, indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para a contratação ou convênio com os municípios vizinhos, para que os mesmo tenham um médico veterinário. Incluindo o nosso município.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/457/indicacao_30_20190626151603.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/457/indicacao_30_20190626151603.pdf</t>
   </si>
   <si>
     <t>Os ilustres vereadores, Silvio de Mazzi dos Santos, Adryano de Mazzi Sottoriva e Celso lnocêncio Leite, indicação ao Excelentíssimo Senhor Prefeito, Evandro Marcelo da Silva, para formalizar convênio (SEAB) Secretária Estadual da Agricultura e Abastecimento para designar um funcionário do município para ficar responsável pelo (GTA) Guia de Transporte Animal.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/466/indicacao_31-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/466/indicacao_31-2019.pdf</t>
   </si>
   <si>
     <t>A ILUSTRE VEREADORA ROSANA MARIA FRANCISCO E O VEREADOR LAFAETE ZOWTYI, INDICAM AO EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE NETO, PARA QUE O MUNICÍPIO INSTALE UM PARQUE DE DIVERSÕES PARA AS CRIANÇAS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/467/indicacao_32-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/467/indicacao_32-2019.pdf</t>
   </si>
   <si>
     <t>A ILUSTRE VEREADORA ROSANA MARIA FRANCISCO E O VEREADOR LAFAETE ZOWTYI, INDICAM AO EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE, PARA QUE O MUNICÍPIO REVOGUE A INTIMAÇÃO FEITA PELO EX-PREFEITO EVANDRO MARCELO DA SILVA ONDE PEDE A DESOCUPAÇÃO DA CASA DO ESTÁDIO MUNICIPAL.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/468/indicacao_33-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/468/indicacao_33-2019.pdf</t>
   </si>
   <si>
     <t>O VEREADOR LAFAETE ZOWTYI, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE, PARA QUE O MUNICÍPIO SOLICITE A EMPRESA RESPONSÁVEL PELA PAVIMENTAÇÃO ASFÁLTICA, QUE SEJA FEITA A CONCLUSÃO DAS OBRAS.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/469/indicacao_34-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/469/indicacao_34-2019.pdf</t>
   </si>
   <si>
     <t>O VEREADOR LAFAETE ZOWTYI, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE NET, PARA QUE FAÇAM DOIS QUEBRA-MOLAS NO MUNICÍPIO, UM NA RUA URUGUAI ONDE FAZ CRUZAMENTO COM A RUA FELINTO DE SOUZA FREIRE, E O OUTRO NA RUA PARAGUAI, FAZENDO CRUZAMENTO COM A RUA FELINTO DE SOUZA FREIRE.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/471/indicacao_35.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/471/indicacao_35.pdf</t>
   </si>
   <si>
     <t>O VEREADOR LAFAETE ZOWTYI, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE NETO, PARA QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA EM TODO TRECHO DA AVENIDA BRASIL QUE ESTÁ FALTANDO ATÉ A ENTRADA DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/472/indicacao_36.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/472/indicacao_36.pdf</t>
   </si>
   <si>
     <t>O VEREADOR EDSON MOREIRA GUIMARÃES, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE NETO, PARA QUE SEJA FEITO CORRIMÃO NO GINÁSIO DE ESPORTES AGENOR CARRILHO.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/473/indicacao_37.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/473/indicacao_37.pdf</t>
   </si>
   <si>
     <t>O VEREADOR EDSON MOREIRA GUIMARÃES, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE NETO, QUE SEJA FEITO ALGUNS REPAROS E AMPLIAÇÃO NO ESTACIONAMENTO DO HOSPITAL MUNICIPAL DE ITAÚNA DO SUL.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/474/indicacao_38.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/474/indicacao_38.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SILVIO DE MAZZI DOS SANTOS, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE NETO, QUE SEJA ADQUIRIDO 02 SOPRADORES A GASOLINA 56.5 CILINDRADA, 3.5 CV DE POTENCIA E VELOCIDADE MÁXIMA DO AR 78 M/S, SISTEMA ANTI-VIBRATÓRIO COMANDO MULTIFUNCIONAL.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/475/indicacao_39.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/475/indicacao_39.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICAÇÃO 03/2017 OS VEREADORES SILVIO DE MAZZI DOS SANTOS E ADRYANO DE MAZZI SOTTORIVA E ANTONIO NAVARRO GARCIA, INDICA AO  EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE NETO, PARA QUE FAÇA A DESIGNAÇÃO DE UM FUNCIONÁRIO DO QUADRO FISCAL DE POSTURA DO MUNICÍPIO PARA ATUAR NOS LIMITES MUNICIPAIS, ACOMPANHANDO E RECOLHENDO AS NOTAS FISCAIS DE SAÍDA DOS PRODUTORES.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/476/indicacao_40.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/476/indicacao_40.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICAÇÃO 13/2019 DOS VEREADORES CELSO INOCÊNCIO LEITE E EDSON MOREIRA GUIMARÃES OS VEREADORES ADRYANO DE MAZZI SOTTORIVA E ANTONIO NAVARRO GARCIA E SILVIO DE MAZZI DOS SANTOS INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE NETO, PARA QUE FAÇAM CALÇADAS NA AVENIDA SÃO PAULO ESQUINA COM A RUA ARGENTINA E RUA PARAGUAI.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/477/indicacao_41.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/477/indicacao_41.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES SILVIO DE MAZZI DOS SANTOS E ADRYANO DE MAZZI SOTTORIVA, INDICAM AO EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE NETO, PARA QUE SEJA FEITO A TROCA DA PLACA NA ESQUINA DA AVENIDA SÃO PAULO COM A ARGENTINA.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Cleyton Carnevali</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/482/indicacao_42_-_cleyton.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/482/indicacao_42_-_cleyton.pdf</t>
   </si>
   <si>
     <t>O ILUSTRE VEREADOR CLEYTON ROBERTO BISSONI CARNEVALI, INDICAM AO EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE NETO, PARA QUE SEJA FEITO UMA RAMPA DE ACESSO NA AVENIDA SÃO PAULO ENTRE O SUPERMERCADO OURO VERDE E A FARMÁCIA ITAÚNA.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/483/indicacao_43_-_sebastiao.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/483/indicacao_43_-_sebastiao.pdf</t>
   </si>
   <si>
     <t>O ILUSTRE VEREADOR SEBASTIÃO MANOEL BIZERRA INDICAM AO EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE NETO, PARA QUE SEJA FEITA UMA AMPLIAÇÃO COM NOVAS SALAS DE AULA NO CMEI PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>O ILUSTRE VEREADOR LAFAETE ZOWTYI INDICA AO EXCELENTÍSSIMO  SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE NETO, PARA QUE SEJA FEITO UM LEVANTAMENTO ATRAVÉS DA ASSISTÊNCIA SOCIAL DE QUANTAS FAMÍLIAS DO NOSSO TRABALHAM NA ZONA RURAL.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/491/indicacao_45.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/491/indicacao_45.pdf</t>
   </si>
   <si>
     <t>O ILUSTRE VEREADOR SILVIO DE MAZZI DOS SANTOS, POR MEIO DE INDICAÇÃO, INDICAR AO PREFEITO MUNICIPAL FRANCISCO INOCÊNCIO LEITE NETO, QUE ENTRE EM CONTATO COM ESCRITÓRIO REGIONAL DA EMATER PARA QUE VIABILIZE A INSTALAÇÃO DE DOIS APARELHOS DE ARES CONDICIONADOS NOS ESCRITÓRIO DA EMATER LOCAL.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/643/livro_indicacoes20200708114837.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/643/livro_indicacoes20200708114837.pdf</t>
   </si>
   <si>
     <t>O vereador Sebastião Manoel Bizerra, indica ao Excelentíssimo Senhor Prefeito, Francisco Inocêncio Leite Neto, que seja feito uma nova entrada de acesso na capela mortuária.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/498/indi_49-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/498/indi_49-2019.pdf</t>
   </si>
   <si>
     <t>OS ILUSTRES VEREADORES SILVIO DE MAZZI DOS SANTOS E ADRYANO DE MAZZI SOTTORIVA. INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE, PARA QUE SEJA FEITO UMA REVISÃO NO CAMPO DE FUTEBOL ESTÁDIO MUNICIPAL JOÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/500/ind_50.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/500/ind_50.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE NETO, PARA QUE ENTRE EM CONTATO COM A COHAPAR PARA  OBTER INFORMAÇÕES SOBRE AS CASAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/501/ind_51.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/501/ind_51.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO, FRANCISCO INOCÊNCIO LEITE NETO, CONTRATAÇÃO DE UM GUARDA DA ESCOLA MUNICIPAL MARIA DE FÁTIMA SOTTORIVA DE MAZZI.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>indica ao Senhor Prefeito que seja realizado a compra de três andadores para o hospital municipal.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/515/indicacao_53.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/515/indicacao_53.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito quebra molas na Rua Paraná, esquina com a Rua Itália e na Rua Itália com a Rua minas Gerais.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/526/indicacao_54-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/526/indicacao_54-2019.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Francisco Inocêncio Leite Neto, para que seja feito um trabalho de reparos de calçadas, podas de gramas cortes de galhos secos e até mesmo cortes e substituição de árvores mortas na Praça da Bandeira.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/644/livro_indicacoes20200708125826.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/644/livro_indicacoes20200708125826.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Francisco Inocêncio Leite Neto, para que façam a instalação de ventiladores de teto na recepção da_x000D_
 Secretária da Saúde.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/516/indicacao572019111952.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/516/indicacao572019111952.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Francisco Inocêncio Leite Neto, para que providencie o reparo nas placas de regulamentação que foram entortadas e nas placas que foram retiradas devido o recape.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Os vereadores Silvio de Mazzi dos Santos e o vereador Adryano de Mazzi ,Sottoriva , indica ao Excelentíssimo Senhor Prefeito,* Francisco lnocêncio _x000D_
 Leite Neto, para que seja feito reparos no Ginásio de Esportes Agenor Carrilho.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/518/indicacao592019111917.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/518/indicacao592019111917.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Francisco Inocêncio Leite Neto, para que providencie a manutenção do meio fio da Quadra_x000D_
 Municipal Olegário Ferreira Lima.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/519/indicacao60_79-2019folha2019120333.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/519/indicacao60_79-2019folha2019120333.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Francisco lnocêncio Leite Neto, para que coloquem um zelador no Parque das Castanheiras.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/520/indicacao61_79-2019folha2019120310.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/520/indicacao61_79-2019folha2019120310.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Francisco Inocêncio Leite Neto, para que providencie um Quebra-Mola na rua Paraná esquina_x000D_
 com a Rua Estados Unidos.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/521/indicacao62_79-2019folha2019120318.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/521/indicacao62_79-2019folha2019120318.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Francisco Inocência Leite Neto, para que seja comprado dois aparelhos que são utilizados na troca de bico de bolas para o setor da secretaria de esportes.(Trocador de válvulas de bolas).</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/522/indicacao_64-2019_ssessao_80-2019folha2019120635.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/522/indicacao_64-2019_ssessao_80-2019folha2019120635.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Francisco Inocência Leite Neto, para que seja interditada a Rua Paraná, entre as ruas Paraguai e_x000D_
 Argentina em direção a Conjunto Colibri nos períodos de aulas.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/523/indicacao_65-2019_ssessao_80-2019folha2019120647.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/523/indicacao_65-2019_ssessao_80-2019folha2019120647.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Francisco Inocência Leite Neto, para que não realize o show da virada neste ano de 2019/2020 devido a dificuldade financeira que o município esta passando.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/546/requerimento_01-2019_poste_de_ilum.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/546/requerimento_01-2019_poste_de_ilum.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que faça a instalação de um poste com iluminação no ponto localizado no meio da Rua Bahia entre a Rua Portugal e a Rua Itália.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/547/requerimento_02-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/547/requerimento_02-2019.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que encaminhe para a câmara cópia das notas referente aos gastos do departamento da secretaria de esportes nos anos de 2017 e 2018, para que possamos comparar com o portal da transparência.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/548/requerimento_03-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/548/requerimento_03-2019.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que encaminhe para a câmara copia das notas referente aos gastos com combustíveis dos maquinários durante o período de fevereiro a maio de 2018.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/549/indicacao_04-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/549/indicacao_04-2019.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que encaminhe por escrito, de como estão os andamentos da reforma do Hospital e da pavimentação asfáltica do Bairro Colibri.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/550/indicacao_05-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/550/indicacao_05-2019.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que compre uma plantadeira de plantio direto, com o dinheiro do leilão do setor agrícola.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/439/requerimento_06-2019_nomes_patrocinadores_expo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/439/requerimento_06-2019_nomes_patrocinadores_expo.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que envie para esta Casa de Leis todos os nomes dos patrocinadores da expoitauna 2019._x000D_
 Justificativa: E importante para esta Casa de Leis, saber quem são os patrocinadores desse evento.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/440/requerimento_07-2019_funcionamento_setor_saude.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/440/requerimento_07-2019_funcionamento_setor_saude.pdf</t>
   </si>
   <si>
     <t>Requer_x000D_
 Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que envie para esta Casa de Leis qual a situação dos equipamentos hospitalar_x000D_
 que foram adquiridos para a secretária da saúde quais estão em uso e quais ainda não estão._x000D_
 _x000D_
 Justificativa: é necessário ter esses conhecimentos para entendermos como está funcionando o setor da saúde.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/551/requerimento_08-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/551/requerimento_08-2019.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que envie para esta Casa de Leis qual a situação do relógio ponto instalado na área da saúde e porque não estão sendo usados.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/552/requerimento_09-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/552/requerimento_09-2019.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que envie para esta Casa de Leis qual a situação da Secretaria Saúde com relação aos convênios com SUS, SANTA CASA e empresas que forneçam medicamentos e como está a situação com o transporte da BELIDON.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/553/requerimento_10-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/553/requerimento_10-2019.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que seja providenciado compras de ventiladores de teto para o hospital_x000D_
 municipal de Itaúna do Sul.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/554/requerimento_11-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/554/requerimento_11-2019.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que construa salas adequadas para laboratório de análises clinicas, ou que entre em contato com a Copel -PR, para ceder em termo de comodato para adequar o laboratório.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/555/requerimento_12-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/555/requerimento_12-2019.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que providencie o concerto da van Ducato placa BAH-5256 ano 2015/2016 e da ambulância MB-placa AZW-8145 ano 2014/2014.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/556/requerimento_13-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/556/requerimento_13-2019.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que providencie o concerto um relógio ponto para a Prefeitura Municipal.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/557/requerimento_14-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/557/requerimento_14-2019.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que contrate ou remaneje um profissional na área da saúde, para fazer o acompanhamento no transporte dos alunos da Escola Especial Hissako Matsuoka Correia APAE de Itaúna do Sul.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/558/requerimento_15-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/558/requerimento_15-2019.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que providencie de imediato a compra de um eletrocaltério para o Hospital_x000D_
 Municipal de Itaúna do Sul.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/560/livro_requerimento20200708092741.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/560/livro_requerimento20200708092741.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que seja enviado para esta Casa de Leis qual foi o destino das grades retiradas do Hospital Municipal.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/561/livro_requerimento20200708092747.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/561/livro_requerimento20200708092747.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que faça a instalação das duas academias que foram adquiridas pelo deputado Douglas Fabricio e já estão no município a mais de oito meses.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Presidente da Câmara de Vereadores e à Comissão de Legislação, Justiça e Redação Final a retirada do projeto de_x000D_
 lei 002/2018, de nossa autoria, nos termos do artigo 123, §3°, inciso VIII, do Regimento Interno, por questões pessoais.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/563/livro_requerimento20200708092750.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/563/livro_requerimento20200708092750.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que providencie:_x000D_
 1- A iluminação pública na Rua Sergipe do Conjunto Habitacional I e II, conforme orçamento da copel em anexo._x000D_
 2- O encascalhamento da Rua Sergipe ao lado do Conjunto Habitacional I, com revestimento da respectiva rua com cascalho._x000D_
 3- A extensão do coletor I de águas pluviais e por mais 200 metros para iluminar os focos criadouro da dengue que se formaram aos longos dos anos.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/562/livro_requerimento20200708092752.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/562/livro_requerimento20200708092752.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Evandro Marcelo da Silva, para que providencie a patrulha mecanizada para realizar, melhorias na ponte rural entre a PR 182 e a estrada rural de acesso ao córrego Itaúna próximo a Fazenda Monte Serrat.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/458/requerimento_22_20190626151125.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/458/requerimento_22_20190626151125.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Senhor Prefeito Evandro Marcelo da_x000D_
 Silva, para que seja feito a limpeza do Clube Municipal e que encaminhe o que está armazenado para outro local.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/489/req_24.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/489/req_24.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 24/2019, REQUER A PRORROGAÇÃO DE PRAZO DE VOTAÇÃO DE 10 (DEZ) DIAS DO PROJETO DE RESOLUÇÃO 01/2019.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/495/req_25.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/495/req_25.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 25/2019, MEMBROS DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL PARA PRORROGAÇÃO DE PRAZO AO PROJETO FINAL Nº 01/2019.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final - 2019</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/499/req_27.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/499/req_27.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO 27/2019, SRª, ROSANA MARIA FRANCISCO, PRESIDENTE DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL, REQUER AUDIÊNCIA COM A COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL, REFERENTE AO ANTEPROJETO DE LEI Nº 28/2019.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/524/requerimento_27_ssessao_80-2019folha2019120642.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/524/requerimento_27_ssessao_80-2019folha2019120642.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Francisco Inocêncio Leite Neto, para que tenham mais sete vagas para o ensino fundamental Primeira série na Escola Professora Maria de Fátima Sottoriva de Mazzi.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/493/pl_02_extingue.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/493/pl_02_extingue.pdf</t>
   </si>
   <si>
     <t>EXTINGUE O FUNDO ESPECIAL DA CÂMARA MUNICIPAL DE ITAÚNA DO SUL E REVOGA A LEI MUNICIPAL Nº 1.210/2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/633/projeto_de_lei_03_agrupado.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/633/projeto_de_lei_03_agrupado.pdf</t>
   </si>
   <si>
     <t>Fixa o piso salarial para os cargos de Agentes Comunitários de Saúde e Agente de Combate as Endemias e estabelece outras providências, e dá outras providências.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/441/lei_ldo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/441/lei_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2020, e da outras providências.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/634/projeto_de_lei_10_agrupado.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/634/projeto_de_lei_10_agrupado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por Anulação de Dotação na LOA - Lei Orçamentária Anual no 1.275/2018, e sobre a alteração da meta de trabalho na Lei Municipal no 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de_x000D_
 Diretrizes Orçamentárias - Lei Municipal no 1.250/2018, e dá outras providências.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/446/ante_proj_11-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/446/ante_proj_11-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional Especial por Superavit Financeiro de Recursos Vinculados na LOA - Lei Orçamentária Anual no 1.275/2018, e sobre a alteração da meta de trabalho na Lei Municipal no 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal no 1.250/2018, e dá outras providências.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/448/pl_13_-_na_integra_-p_1.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/448/pl_13_-_na_integra_-p_1.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 50 da Lei Municipal n° 624/2008, que cria o Conselho Municipal dos direitos do idoso e dá outras providências, o qual passará a ter a redação descrita na presente lei.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/449/pl_14_-_na_integra_-_p1.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/449/pl_14_-_na_integra_-_p1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para aditar os valores da transferência de recursos financeiros através do Termo de Colaboração firmado entre o Município de Itaúna do Sul e a Associação de Pais e Amigos dos Excepcionais - APAE de Itaúna do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/450/pl_15-2019_na_integra.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/450/pl_15-2019_na_integra.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por Superavit Financeiro de Recursos Vinculados na LOA - Lei Orçamentária Anual no 1.275/2018, e sobre a alteração da meta de trabalho na Lei Municipal no 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal no 1.250/2018, e dá outras providências.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/451/pl_16-2019_completo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/451/pl_16-2019_completo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por Anulação de Dotação na LOA - Lei Orçamentária Anual no 1.275/ 2018, e sobre a alteração da meta de trabalho na Lei Municipal no 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal no 1.250/2018, e dá outras providências.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/452/pl_17-2019_completo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/452/pl_17-2019_completo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a adquirir um veículo para uso da Secretaria de Obras e Viação da Prefeitura Municipal de Itaúna do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/453/pl_18-2019_na_integra.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/453/pl_18-2019_na_integra.pdf</t>
   </si>
   <si>
     <t>Altera disposições do artigo 11 da Lei Municipal n° 1.105/2015, que trata sobre a política municipal de atendimento dos direitos da criança e do adolescente e dá outras providências, o qual passará a ter a redação descrita na presente lei.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/454/pl_19-2019_na_integra.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/454/pl_19-2019_na_integra.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a alienar, em leilão, bens móveis inservíveis de propriedade do Município de Itaúna do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/459/pl_22-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/459/pl_22-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DO CRÉDITO ESPECIAL POR ANULAÇÃO DE DOTAÇÃO DE RECURSOS VINCULADOS NA LOA - LEI ORÇAMENTARIA ANUAL Nº 1.275/2018, E SOBRE A ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.198/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/460/pl_23-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/460/pl_23-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NA LOA - LEI ORÇAMENTÁRIA ANUAL Nº 1.275/2018, E SOBRE A ALTERAÇÃO NA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.250/2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/461/pl_24-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/461/pl_24-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FINANCEIRO DE RECURSOS VINCULADOS NA LOA - LEI ORÇAMENTARIA ANUAL Nº 1.275/2018, E SOBRE ALTERAÇÃO DA META DE TRABALHO NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO - LEI MUNICIPAL Nº 1.250/2018, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/462/pl_25-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/462/pl_25-2019.pdf</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/486/pl_26-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/486/pl_26-2019.pdf</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI, BUSCA FIXAR LEGALMENTE OS FERIADOS DO DIA DA PADROEIRA E DO ANIVERSARIO DO MUNICÍPIO DE ITAÚNA DO SUL.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/470/pl_27-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/470/pl_27-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FINANCEIRO DE RECURSOS VINCULADOS NA LOA - LEI ORÇAMENTARIA ANUAL Nº 1.275/2018, E SOBRE A ALTERAÇÃO DA META DE TRABALHO  NA LEI MUNICIPAL Nº 1.216/2017 DO PPA 2018 A 2021, E NA LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LEI MUNICIPAL Nº 1.250/2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/487/pl_28-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/487/pl_28-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL (SUAS) DO MUNICÍPIO DE ITAÚNA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/488/pl_31-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/488/pl_31-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NA LOA - LEI ORÇAMENTÁRIA ANUAL.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/492/pl_32-mesclado.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/492/pl_32-mesclado.pdf</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI Nº 32/2019, QUE DISPÕE SOBRE AUTORIZAÇÃO PARA O MUNICÍPIO FIRMAR CONVENIO COM A APAE OBJETIVANDO O REPASSE DE RECURSOS DO FUNDEB.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/506/camera_1.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/506/camera_1.pdf</t>
   </si>
   <si>
     <t>SÚMULA: AUTORIZA O MUNICÍPIO DE ITAÚNA DO SUL A OUTORGAR, MEDIANTE PRÉVIA LICITAÇÃO, CONCESSÃO DE USO DE IMÓVEL A TÍTULO ONEROSO, PELO PRAZO DE ATÉ 02 (DOIS) ANOS PARA EXPLORAÇÃO COMERCIAL.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/496/pl_34.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/496/pl_34.pdf</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI Nº 034/2019, DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL POR ANULAÇÃO DE DOTAÇÃO NA LOA.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/497/pl_35-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/497/pl_35-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL EM ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NA LOA.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/502/loa_p-1-mesclado.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/502/loa_p-1-mesclado.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚNA DO SUL, ESTADO DO PARANÁ, PARA O EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/503/camera_1.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/503/camera_1.pdf</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/504/camera_2.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/504/camera_2.pdf</t>
   </si>
   <si>
     <t>SÚMULA:- Dispõe sobre Autorização do Poder Executivo Municipal   em   abertura    de   crédito    adicional  suplementar por Anulação de Dotação na LOA - Lei Orçamentária Anual nº 1.275/2018, e sobre  a alteração da meta de trabalho na Lei Municipal nº 1.216 /2 0 17 do  PPA 20 18 a 202 1, e na LDO - Lei de Diretrizes  Orçamentárias   -   Lei Municipal nº 1.250 /2018 , e dá o utras providências.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>SÚMULA:- Dispõe sobre Autorização do Poder Executivo Municipal   em   abertura    de   crédito    adicional  suple mentar por Anulação de Dotação na LOA - Lei Orçamentária Anual nº 1.275/2018, e sobre  a alteração da meta de trabalho na Lei Municipal nº 1.216 /2 0 17 do  PPA 20 18 a 202 1, e na LDO - Lei de	Diretrizes  Orçamentárias   -   Lei  Municipal nº 1.250 /2018 , e dá o utras providências.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/638/projeto_de_lei_40_agrupado.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/638/projeto_de_lei_40_agrupado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por Anulação de Dotação na LOA — Lei Orçamentária Anual n° 1.275/2018, e sobre a alteração da meta de trabalho na Lei Municipal n°1.216/2017 do PPA 2018 a 2021, e na LDO — Lei de Diretrizes Orçamentárias - Lei Municipal no 1.250/2018, e da outras providências.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/510/ante_projeto_de_lei_41-2019_ssessao_80-2019folha_ZJseXhk.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/510/ante_projeto_de_lei_41-2019_ssessao_80-2019folha_ZJseXhk.pdf</t>
   </si>
   <si>
     <t>altera a Lei 1012/2013, que trata do Regime Próprio de Previdência Social do Município de Itaúna do Sul-PR, e dá outras providências.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/509/ante_projeto_de_lei_42-2019_79-2019folha2019120338.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/509/ante_projeto_de_lei_42-2019_79-2019folha2019120338.pdf</t>
   </si>
   <si>
     <t>Autorização do Poder Executivo Municipal em Abertura de Crédito Adicional Especial por Anulação de Dotação na LOA — Lei Orçamentária Anual n° 1.275/2018, e sobre a alteração da meta de trabalho na Lei Municipal n° 1.216/2017 do PPA 2018 a 2021, e na LDO — Lei de Diretrizes Orçamentárias - Lei Municipal ri° 1250/2018, e dá outras providências.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/513/projeto_de_lei_43-2019_79-2019folha2019120345.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/513/projeto_de_lei_43-2019_79-2019folha2019120345.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por Anulação de Dotação na LOA — Lei Orçamentária Anual n° 1.275/2018, e sobre a alteração da meta de trabalho na Lei Municipal n° 1.216/2017 do PPA 2018 a 2021, e na LDO — Lei_x000D_
 de Diretrizes Orçamentárias - Lei Municipal n° 1.250/2018, e dá outras providências.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/512/ante_projeto_de_lei_45-2019_ssessao_81-2019folha_jyNaB16.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/512/ante_projeto_de_lei_45-2019_ssessao_81-2019folha_jyNaB16.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional especial por Anulação de Dotação na LOA — Lei Orçamentária Anual n° 1.275/2018, e sobre a alteração da meta de trabalho na Lei Municipal n° 1.216/2017 do PPA 2018 a 2021, e na LDO — Lei de Diretrizes Orçamentárias - Lei Municipal n° 1.250/2018, e dá outras providências.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/463/doc_camera.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/463/doc_camera.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DOS ARTIGOS 261, 263, 265, 266,268 E 269 DA RESOLUÇÃO Nº 8/2009, SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAÚNA DO SUL.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/464/resolucao_002-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/464/resolucao_002-2019.pdf</t>
   </si>
   <si>
     <t>Estabelece o Orçamento do Legislativo Municipal para o exercício de 2020.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/465/res-03-2019.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/465/res-03-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza Abertura de Crédito Adicional suplementar no Orçamento Vigente.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/615/livro_portaria20200708134812.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/615/livro_portaria20200708134812.pdf</t>
   </si>
   <si>
     <t>Conceder Férias a Funcionário conforme escala anexada.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/616/portaria_02_agrupado.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/616/portaria_02_agrupado.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A CRIAÇÃO E USO DO E-MAIL INSTITUCIONAL DA CÂMARA MUNICIPAL DE ITAÚNA DO SUL — PR.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/617/portaria_03_agrupado.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/617/portaria_03_agrupado.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO 0 CONTIDO NA RECOMENDAÇÃO N° ADMINISTRATIVA 03/2018 DO GEPATRIA, NOS TERMOS DA LEI MUNICIPAL 1.292/2019, RESOLVE_x000D_
 IMPLEMENTAR PROCEDIMENTOS LICITATÓRIOS EM ÂMBITO DA CÂMARA MUNICIPAL DE ITAÚNA DO SUL, ESTADO DO PARANÁ, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/618/livro_portaria20200708133101.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/618/livro_portaria20200708133101.pdf</t>
   </si>
   <si>
     <t>Conceder Férias a Funcionária conforme escala anexada.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/619/livro_portaria20200708133059.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/619/livro_portaria20200708133059.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1902,68 +1902,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/479/oficio_02__marcos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/443/resposta_ind_10.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/444/resposta_ind_11-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/445/resposta_ind_12-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/442/oficio_20-2019_adm.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/507/doc_camera_4.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/508/doc_camera_5.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/480/oficio_69__lafaete.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/484/oficio_resposta_combustivel.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/494/oficio_111.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/485/oficio_promotor_concelheiros.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/536/indicacao_01-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/535/indicacao_02-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/534/indicacao_03-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/533/indicacao_04-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/532/indicacao_05-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/531/indicacao_06-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/530/indicacao_07-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/529/indicacao_08-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/528/indicacao_09-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/434/indicacao_10-2019_fiscalizacao_pav_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/435/indicacao_11-2019_plantadeira_pequeno_porte.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/436/indicacao_12-2019_salas_do_cmei.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/437/indicacao_13-2019_calcadas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/438/indicacao_14-2019_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/642/livro_indicacoes20200708114834.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/537/indicacao_16-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/539/indicacao_18-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/540/indicacao_19-2019__reforco.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/542/indicacao_21-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/543/indicacao_22-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/544/indicacao_23-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/639/livro_indicacoes20200708114831.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/545/indicacao_25-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/640/livro_indicacoes20200708114829.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/641/livro_indicacoes20200708114824.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/456/indicacao_29_20190626151423.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/457/indicacao_30_20190626151603.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/466/indicacao_31-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/467/indicacao_32-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/468/indicacao_33-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/469/indicacao_34-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/471/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/472/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/473/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/474/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/475/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/476/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/477/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/482/indicacao_42_-_cleyton.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/483/indicacao_43_-_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/491/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/643/livro_indicacoes20200708114837.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/498/indi_49-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/500/ind_50.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/501/ind_51.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/515/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/526/indicacao_54-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/644/livro_indicacoes20200708125826.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/516/indicacao572019111952.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/518/indicacao592019111917.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/519/indicacao60_79-2019folha2019120333.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/520/indicacao61_79-2019folha2019120310.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/521/indicacao62_79-2019folha2019120318.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/522/indicacao_64-2019_ssessao_80-2019folha2019120635.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/523/indicacao_65-2019_ssessao_80-2019folha2019120647.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/546/requerimento_01-2019_poste_de_ilum.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/547/requerimento_02-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/548/requerimento_03-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/549/indicacao_04-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/550/indicacao_05-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/439/requerimento_06-2019_nomes_patrocinadores_expo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/440/requerimento_07-2019_funcionamento_setor_saude.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/551/requerimento_08-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/552/requerimento_09-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/553/requerimento_10-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/554/requerimento_11-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/555/requerimento_12-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/556/requerimento_13-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/557/requerimento_14-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/558/requerimento_15-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/560/livro_requerimento20200708092741.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/561/livro_requerimento20200708092747.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/563/livro_requerimento20200708092750.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/562/livro_requerimento20200708092752.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/458/requerimento_22_20190626151125.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/489/req_24.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/495/req_25.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/499/req_27.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/524/requerimento_27_ssessao_80-2019folha2019120642.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/493/pl_02_extingue.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/633/projeto_de_lei_03_agrupado.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/441/lei_ldo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/634/projeto_de_lei_10_agrupado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/446/ante_proj_11-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/448/pl_13_-_na_integra_-p_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/449/pl_14_-_na_integra_-_p1.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/450/pl_15-2019_na_integra.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/451/pl_16-2019_completo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/452/pl_17-2019_completo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/453/pl_18-2019_na_integra.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/454/pl_19-2019_na_integra.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/459/pl_22-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/460/pl_23-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/461/pl_24-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/462/pl_25-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/486/pl_26-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/470/pl_27-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/487/pl_28-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/488/pl_31-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/492/pl_32-mesclado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/506/camera_1.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/496/pl_34.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/497/pl_35-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/502/loa_p-1-mesclado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/503/camera_1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/504/camera_2.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/638/projeto_de_lei_40_agrupado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/510/ante_projeto_de_lei_41-2019_ssessao_80-2019folha_ZJseXhk.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/509/ante_projeto_de_lei_42-2019_79-2019folha2019120338.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/513/projeto_de_lei_43-2019_79-2019folha2019120345.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/512/ante_projeto_de_lei_45-2019_ssessao_81-2019folha_jyNaB16.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/463/doc_camera.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/464/resolucao_002-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/465/res-03-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/615/livro_portaria20200708134812.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/616/portaria_02_agrupado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/617/portaria_03_agrupado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/618/livro_portaria20200708133101.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/619/livro_portaria20200708133059.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/479/oficio_02__marcos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/443/resposta_ind_10.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/444/resposta_ind_11-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/445/resposta_ind_12-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/442/oficio_20-2019_adm.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/507/doc_camera_4.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/508/doc_camera_5.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/480/oficio_69__lafaete.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/484/oficio_resposta_combustivel.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/494/oficio_111.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/485/oficio_promotor_concelheiros.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/536/indicacao_01-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/535/indicacao_02-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/534/indicacao_03-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/533/indicacao_04-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/532/indicacao_05-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/531/indicacao_06-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/530/indicacao_07-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/529/indicacao_08-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/528/indicacao_09-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/434/indicacao_10-2019_fiscalizacao_pav_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/435/indicacao_11-2019_plantadeira_pequeno_porte.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/436/indicacao_12-2019_salas_do_cmei.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/437/indicacao_13-2019_calcadas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/438/indicacao_14-2019_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/642/livro_indicacoes20200708114834.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/537/indicacao_16-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/539/indicacao_18-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/540/indicacao_19-2019__reforco.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/542/indicacao_21-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/543/indicacao_22-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/544/indicacao_23-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/639/livro_indicacoes20200708114831.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/545/indicacao_25-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/640/livro_indicacoes20200708114829.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/641/livro_indicacoes20200708114824.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/456/indicacao_29_20190626151423.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/457/indicacao_30_20190626151603.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/466/indicacao_31-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/467/indicacao_32-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/468/indicacao_33-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/469/indicacao_34-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/471/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/472/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/473/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/474/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/475/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/476/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/477/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/482/indicacao_42_-_cleyton.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/483/indicacao_43_-_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/491/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/643/livro_indicacoes20200708114837.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/498/indi_49-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/500/ind_50.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/501/ind_51.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/515/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/526/indicacao_54-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/644/livro_indicacoes20200708125826.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/516/indicacao572019111952.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/518/indicacao592019111917.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/519/indicacao60_79-2019folha2019120333.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/520/indicacao61_79-2019folha2019120310.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/521/indicacao62_79-2019folha2019120318.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/522/indicacao_64-2019_ssessao_80-2019folha2019120635.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/523/indicacao_65-2019_ssessao_80-2019folha2019120647.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/546/requerimento_01-2019_poste_de_ilum.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/547/requerimento_02-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/548/requerimento_03-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/549/indicacao_04-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/550/indicacao_05-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/439/requerimento_06-2019_nomes_patrocinadores_expo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/440/requerimento_07-2019_funcionamento_setor_saude.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/551/requerimento_08-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/552/requerimento_09-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/553/requerimento_10-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/554/requerimento_11-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/555/requerimento_12-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/556/requerimento_13-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/557/requerimento_14-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/558/requerimento_15-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/560/livro_requerimento20200708092741.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/561/livro_requerimento20200708092747.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/563/livro_requerimento20200708092750.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/562/livro_requerimento20200708092752.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/458/requerimento_22_20190626151125.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/489/req_24.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/495/req_25.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/499/req_27.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/524/requerimento_27_ssessao_80-2019folha2019120642.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/493/pl_02_extingue.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/633/projeto_de_lei_03_agrupado.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/441/lei_ldo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/634/projeto_de_lei_10_agrupado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/446/ante_proj_11-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/448/pl_13_-_na_integra_-p_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/449/pl_14_-_na_integra_-_p1.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/450/pl_15-2019_na_integra.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/451/pl_16-2019_completo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/452/pl_17-2019_completo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/453/pl_18-2019_na_integra.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/454/pl_19-2019_na_integra.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/459/pl_22-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/460/pl_23-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/461/pl_24-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/462/pl_25-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/486/pl_26-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/470/pl_27-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/487/pl_28-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/488/pl_31-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/492/pl_32-mesclado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/506/camera_1.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/496/pl_34.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/497/pl_35-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/502/loa_p-1-mesclado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/503/camera_1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/504/camera_2.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/638/projeto_de_lei_40_agrupado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/510/ante_projeto_de_lei_41-2019_ssessao_80-2019folha_ZJseXhk.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/509/ante_projeto_de_lei_42-2019_79-2019folha2019120338.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/513/projeto_de_lei_43-2019_79-2019folha2019120345.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/512/ante_projeto_de_lei_45-2019_ssessao_81-2019folha_jyNaB16.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/463/doc_camera.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/464/resolucao_002-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/465/res-03-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/615/livro_portaria20200708134812.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/616/portaria_02_agrupado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/617/portaria_03_agrupado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/618/livro_portaria20200708133101.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2019/619/livro_portaria20200708133059.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H141"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="55.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>