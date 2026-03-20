--- v0 (2026-01-30)
+++ v1 (2026-03-20)
@@ -54,4400 +54,4400 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>OFIR</t>
   </si>
   <si>
     <t>Ofícios Recebidos</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/715/oficio-002-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/715/oficio-002-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 002/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Passo Longo</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/716/ofico_03-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/716/ofico_03-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do projeto de lei 02/2021.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/717/oficio_04-2021_agrupado.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/717/oficio_04-2021_agrupado.pdf</t>
   </si>
   <si>
     <t>Presta esclarecimentos sobre a mensagem informal do "whats app" a respeito de um dos responsáveis por assinar as ordens de pagamento dessa_x000D_
 Câmara Municipal de Itaúna do Sul oriunda da Agência n° 748, do Banco Bradesco de Itaúna do Sul.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/719/oficio_05_-_2021_agrupado.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/719/oficio_05_-_2021_agrupado.pdf</t>
   </si>
   <si>
     <t>Criação de novos e-mails do legislativo aos novos vereadores e cancelamento de e-mails dos ex-vereadores.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/720/livro_livro_20210223130703.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/720/livro_livro_20210223130703.pdf</t>
   </si>
   <si>
     <t>Solicitação de cronograma de vacinas do município de Itaúna do Sul, sobre a COVID-19.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/721/livro_livro_20210223130701.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/721/livro_livro_20210223130701.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do requerimento 01/2021 dos edis e oficio n°06/2021.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/722/livro_livro_20210223130657.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/722/livro_livro_20210223130657.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do projeto de lei 01/2021 do Legislativo.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/723/livro_livro_20210223111213.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/723/livro_livro_20210223111213.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do projeto de lei 003/2021.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/724/livro_livro_20210304144723.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/724/livro_livro_20210304144723.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do projeto de lei 005/2021.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/725/livro_livro_20210223131919.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/725/livro_livro_20210223131919.pdf</t>
   </si>
   <si>
     <t>Encaminhamento da indicação N° 01/2021.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/726/livro_livro_20210304144716.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/726/livro_livro_20210304144716.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do projeto de lei 004/2021.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/727/oficio-013-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/727/oficio-013-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Projeto de Lei nº 045/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/745/oficio_14_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/745/oficio_14_-_2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do projeto de lei 007/2021.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/746/oficio_15_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/746/oficio_15_-_2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do projeto de lei 008/2021.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/768/oficio_016_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/768/oficio_016_-_2021.pdf</t>
   </si>
   <si>
     <t>melhor análise sobre as atuais condições de trabalho dos agentes de segurança pública estadual, civis e militares, tendo em vista que essa classe de trabalhadores vem passando pelos piores momentos de sua historia tanto em termos pessoais, salariais e sofrendo pressões sociais.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/769/oficio-017-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/769/oficio-017-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 051/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/771/oficio-018-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/771/oficio-018-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 001/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/762/oficio19-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/762/oficio19-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 003/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/772/oficio_020_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/772/oficio_020_-_2021.pdf</t>
   </si>
   <si>
     <t>uma melhor analise sobre as atuais condições de trabalho dos agentes de segurança pública estadual, civis e militares, tendo em vista que essa_x000D_
 classe de trabalhadores vem passando pelos piores momentos de sua história tanto em termos pessoais, salariais e sofrendo pressões sociais.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/786/oficio-021-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/786/oficio-021-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 005/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/750/oficio-022-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/750/oficio-022-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de lei nº 006/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/751/oficio-023-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/751/oficio-023-2021.pdf</t>
   </si>
   <si>
     <t>Solicita a retirada de tramitação do Anteprojeto de Lei nº 004/2021</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/752/oficio-024-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/752/oficio-024-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 004/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/753/oficio_025_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/753/oficio_025_-_2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do projeto de lei 014/2021.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1055/oficio-026-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1055/oficio-026-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire. Vossas Senhorias, para atender ao Requerimento nº 01/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde intercedem pela aquisição de uma encanteradeira fixa de 125mm e uma bomba para poço já perfurado na Vila Rural Nossa Senhora Aparecida, com recursos do leilão do setor agrícola e administrativo.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1056/oficio-027-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1056/oficio-027-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, para atender a indicação nº 01/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde o Nobre Vereador Luciano dos Santos, no uso de suas atribuições, conferidas pela Lei Orgânica Municipal e Regimento interno da Câmara Municipal de ltaúna do Sul, realizou a indicação, para que seja interditada a quadra de esportes Olegário Ferreira Lima, localizada no conjunto Dom Benjamim, deste Município.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/758/oficio_28_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/758/oficio_28_-_2021.pdf</t>
   </si>
   <si>
     <t>Em resposta ao oficio n° 130/2021 a respeito do trâmite do Anteprojeto de Lei n° 45/2020 sobre o Plano Municipal de Gestão Integrada de Resíduos Sólidos Urbanos.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/759/oficio_29_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/759/oficio_29_-_2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do projeto de lei 015/2021.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/760/oficio_30_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/760/oficio_30_-_2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do projeto de lei 016/2021.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/764/oficio-031-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/764/oficio-031-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 007/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/765/oficio-032-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/765/oficio-032-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 008/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 009/2021.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/767/oficio_034_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/767/oficio_034_-_2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do requerimento 007/2021 dos edis.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/776/oficio-035-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/776/oficio-035-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 011/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/777/oficio36.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/777/oficio36.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do projeto de lei nº 067/2020</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/778/oficio37.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/778/oficio37.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do projeto de lei nº 011/2021.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/779/oficio-038-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/779/oficio-038-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 012/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/780/oficio-039-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/780/oficio-039-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 013/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/789/oficio-040-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/789/oficio-040-2021.pdf</t>
   </si>
   <si>
     <t>Retirada de tramitação do Anteprojeto de Lei nº 009/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/790/oficio-041-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/790/oficio-041-2021.pdf</t>
   </si>
   <si>
     <t>Retirada de tramitação do Anteprojeto de Lei nº 010/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/791/oficio-042-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/791/oficio-042-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 009/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/792/oficio-043-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/792/oficio-043-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 010/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/793/oficio-044-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/793/oficio-044-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 014/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/799/oficio-045-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/799/oficio-045-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 015/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/794/oficio46.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/794/oficio46.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do projeto de lei nº 022/2021.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/795/oficio47.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/795/oficio47.pdf</t>
   </si>
   <si>
     <t>Encaminhamento da indicação nº 007/2021.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/796/oficio-048-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/796/oficio-048-2021.pdf</t>
   </si>
   <si>
     <t>Retirada de tramitação do Anteprojeto de Lei nº 015/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/805/oficio-049-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/805/oficio-049-2021.pdf</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/806/oficio-050-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/806/oficio-050-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 016/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/807/oficio-051-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/807/oficio-051-2021.pdf</t>
   </si>
   <si>
     <t>Retirada de tramitação do Anteprojeto de Lei nº 013/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/804/oficio-052-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/804/oficio-052-2021.pdf</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/811/oficio53.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/811/oficio53.pdf</t>
   </si>
   <si>
     <t>Devolução do Anteprojeto de Lei nº 021/2021.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/812/oficio-054-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/812/oficio-054-2021.pdf</t>
   </si>
   <si>
     <t>Retirada de tramitação do Anteprojeto de Lei nº 011/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/813/oficio-055-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/813/oficio-055-2021.pdf</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1057/oficio-056-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1057/oficio-056-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, para atender ao Requerimento nº 005/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal. onde é questionado pelo Vereador DERCINO LEONILDO DE SÁ "o porquê não ter sido finalizado ainda o asfalto do Conjunto Colibri de Itaúna do Sul, bem como a primeira prestação de contas parcial referente à segunda fase da pavimentação do recurso".</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/822/oficio-057-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/822/oficio-057-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 017/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/814/oficio-059-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/814/oficio-059-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, para atender a indicação nº 005/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde os Nobres Vereadores Luciano dos Santos, Dercino Leonildo de Sá e Celso Inocêncio Leite representantes da Comissão de Educação, Saúde e Assistência Social, no uso de suas atribuições, conferidas pela Lei Orgânica Municipal e Regimento interno da Câmara Municipal de Itaúna do_x000D_
 Sul, realizaram a indicação nº 005/2021, em atenção ao ofício protocolado pela Senhora Maria Aparecida Apolinário, para que inclua em seu plano de governo a disposição de fraudas descartáveis ou a proposição de projeto de lei regulamentando a aquisição de fraudas descartáveis as pessoas carentes, completando o programa do Governo Federal "Aqui tem Farmácia popular" deste Município.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/817/oficio-060-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/817/oficio-060-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 019/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/818/oficio-061-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/818/oficio-061-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 020/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Barbinha</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/823/oficio-062-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/823/oficio-062-2021.pdf</t>
   </si>
   <si>
     <t>Retirada de tramitação do Anteprojeto de Lei nº 018/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/824/oficio-063-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/824/oficio-063-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 021/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/825/oficio64.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/825/oficio64.pdf</t>
   </si>
   <si>
     <t>Solicitação de recursos, destinados para a compra de equipamentos para consultório Odontológico.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/826/oficio65.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/826/oficio65.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Projeto de Lei 021/2021.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/828/oficio-066-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/828/oficio-066-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 022/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/829/oficio-067-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/829/oficio-067-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a Indicação nº 004/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, realizada pelo Vereador JOÃO PAULO BELÉM "para que providencie três Quebra-Molas: uma na Rua Argentina em frente da APAE, um na Rua_x000D_
 Argentina esquina com a Rua Paraná e um na Rua Estados Unidos esquina com a Rua Sergipe."</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/830/oficio-068-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/830/oficio-068-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a Indicação nº 006/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, realizada pelo Vereador LUCIANO DOS SANTOS" para que seja feita reformas no Estádio Municipal João Sebastião e na Quadra de Esporte Agenor Carrilho de Marsola."</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/855/oficio-069-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/855/oficio-069-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a Indicação nº 007 /2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, realizada pelo Vereador SIL VIO DE MAZZI DOS SANTOS "para que o Poder Executivo realize análise nos moldes da Lei Federal nº 14.131/2021, quanto a possibilidade de majorar de 30% a 40%, a margem de empréstimos consignados para aposentados, pensionistas e demais servidores do Município."</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/881/oficio70-gov.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/881/oficio70-gov.pdf</t>
   </si>
   <si>
     <t>Senhor Governador,_x000D_
 Cumprimento-o cordialmente, dirijo-me a Vossa Excelência para solicitar especial atenção no sentido de viabilizar junto ao governo do estado recursos, _x000D_
 destinados para a compra de Kits esportivos, visando o desenvolvimento de projetos sociais e atendimento das crianças carentes do nosso município. _x000D_
 Sem mais e ciente de sua prestigiosa atenção aproveitamos a oportunidade para reafirmar nossos protestos de estima e consideração.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/852/oficio71.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/852/oficio71.pdf</t>
   </si>
   <si>
     <t>Oficio em resposta ao oficio nº 001/2021 da Unidade de Controle Interno.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/856/oficio72.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/856/oficio72.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Requerimento nº 012/2021.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/857/oficio73.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/857/oficio73.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 025/2021.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/861/oficio-074-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/861/oficio-074-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento ao Requerimento nº 009/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, realizado pelos Vereadores ADÃO LUIZ ROMANELI E SILVIO DE MAZZI DOS SANTOS "para que seja feita a instalação de postes com iluminação nos pontos a seguir:"</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/864/oficio-075-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/864/oficio-075-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a Indicação nº 008/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito_x000D_
 Municipal, realizada pelo Vereador VALDEIR APARECIDO LAUREANO "para que o Poder Executivo realize construção de um poço artesiano no Bairro Zimaré"</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Badaró</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/865/oficio76-ind-014-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/865/oficio76-ind-014-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento da indicação nº 014/2021</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/866/oficio-077-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/866/oficio-077-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 023/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/877/oficio-078-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/877/oficio-078-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento da Anteprojeto de Lei nº 024/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/870/oficio79-ind-017-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/870/oficio79-ind-017-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento da Indicação nº 017/2021.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/878/oficio80-resposta.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/878/oficio80-resposta.pdf</t>
   </si>
   <si>
     <t>Em resposta ao e-mail do dia 10-06-2021 junto a essa Casa de Leis e demais complementos protocolados in loco no dia 15 de junho de 2021.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/879/oficio-081-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/879/oficio-081-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento ao Encaminhamento da Errata da Indicação nº 002/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, realizado pelo Vereador SIDNEI CARRILHO PELIZER "para que seja realizada a limpeza e organização do Clube Recreativo localizado na Rua Inglaterra, próximo ao Ginásio de Esportes Agenor Carrilho Marsola."</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/880/oficio-082-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/880/oficio-082-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a Indicação nº 003/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito_x000D_
 Municipal, realizado pelo Vereador SIDNEI CARRJLHO PELIZER " para que instale portas de vidro e ar-condicionado na 45° CIRETRAN em Itaúna do Sul."</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/894/oficio-083-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/894/oficio-083-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, para atender ao Requerimento nº 010/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde intercedem pela realização de um reforço de sinalização de transito tais como: Pintura dos quebras-molas, faixa preferencial para pedestres, reparos nas placas de regulamentação que foram entortadas e implantação de placas dos quebras molas, que a solicitação mencionada seja providenciada em todo perímetro urbano do município.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/895/oficio-084-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/895/oficio-084-2021.pdf</t>
   </si>
   <si>
     <t>Retirada de tramitação do Anteprojeto de Lei nº 024/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/896/oficio-085-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/896/oficio-085-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 024/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/897/oficio86-ind-019-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/897/oficio86-ind-019-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento da Indicação nº 019/2021.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/898/oficio87-ind-020-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/898/oficio87-ind-020-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento da Indicação nº 020/2021.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/899/oficio88-ind-021-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/899/oficio88-ind-021-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento da Indicação nº 021/2021.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/900/oficio89-ind-022-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/900/oficio89-ind-022-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento da Indicação nº 022/2021.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/901/oficio-090-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/901/oficio-090-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 025/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1058/oficio-091-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1058/oficio-091-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a indicação nº 010/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde o Excelentíssimo Senhor Presidente dessa casa de Leis, que intercede pela realização de podas das árvores localizadas próximas á rede elétrica na Vila Rural Nossa Senhora do Rocio.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1059/oficio-093-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1059/oficio-093-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, para atender a indicação nº 11/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde o Nobre Vereador e Presidente, no uso de suas atribuições, conferidas pela Lei Orgânica Municipal e Regimento interno da Câmara Municipal de ltaúna do Sul, realizou a indicação, para que informe o orçamento para a instalação da rede elétrica no Parque Industrial do Município de ltaúna do Sul.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/907/oficio94-plo-032-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/907/oficio94-plo-032-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Projeto de Lei nº 032/2021.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/908/oficio95-plo-034-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/908/oficio95-plo-034-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Projeto de Lei nº 034/2021.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/909/oficio96-plo-036-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/909/oficio96-plo-036-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Projeto de Lei nº 036/2021.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/910/oficio-097-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/910/oficio-097-2021.pdf</t>
   </si>
   <si>
     <t>Vimos. com excelso donaire, Vossas Senhorias, em atendimento ao Requerimento nº 012/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde os Nobres Vereadores JOÃO PAULO BELÉM E SILVIO DE MAZZI DOS SANTOS no uso de suas atribuições requerem: para que viabilize a correção de plano de cargos e salario dos funcionários desta municipalidade, plano este realizado no ano de 2013 com a Lei nº 1000/2013 e_x000D_
 até o momento não teve as elevações de direito dos servidores.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1025/oficio-098-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1025/oficio-098-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 026/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1026/oficio-099-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1026/oficio-099-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 027/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1027/oficio-101-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1027/oficio-101-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 028/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1028/oficio-102-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1028/oficio-102-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 029/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/913/oficio-103-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/913/oficio-103-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 030/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/915/oficio-104-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/915/oficio-104-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 032/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/927/oficio-105-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/927/oficio-105-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 033/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1029/oficio-106-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1029/oficio-106-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 034/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/928/oficio-107-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/928/oficio-107-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 035/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/929/oficio-108-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/929/oficio-108-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 036/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/930/oficio-109-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/930/oficio-109-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 037/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/938/oficio-110-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/938/oficio-110-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a Indicação nº 015/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, realizada pelo Vereador SIL VIO DE MAZZI DOS SANTOS "para que providencie quatro Quebra-Molas: uma na Rua Sergipe esquina com a Rua Peru, um na Rua Sergipe esquina com a Rua Portugal, um na Rua Amazonas esquina com a Rua Peru e um na Rua Amazonas esquina com a Rua Portugal."</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/939/oficio-111-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/939/oficio-111-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a indicação nº 013/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde o Nobre Vereador dessa casa de Leis LUCIANO DOS SANTOS, indica para que reforme as vias internas de acesso ao Hospital Municipal.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/940/oficio112-plo-042-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/940/oficio112-plo-042-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Projeto de Lei nº 042/2021</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/942/oficio113-cljrf-apl-033-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/942/oficio113-cljrf-apl-033-2021.pdf</t>
   </si>
   <si>
     <t>Solicita que seja apreciado em Ordem do Dia na próxima reunião ordinária o Parecer Técnico dessa Comissão e o presente Projeto de Lei nº 033/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/950/oficio-114-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/950/oficio-114-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, para atender a indicação nº 016/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde intercede o Nobre Vereador Valdeir Aparecido Laureano, pela feitura de dois Quebra-molas, um na Estrada do Bairro Zimaré e outro na Estrada São Paulo Paraná.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/951/oficio-115-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/951/oficio-115-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, para atender a indicação nº 017 /2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde intercedem os Nobres Vereadores Sílvio de Mazzi dos Santos e Sidnei Carrilho Pelizer, pera que seja realizada a pinturas das nomenclaturas de Ruas e Avenidas.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/952/oficio-116-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/952/oficio-116-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a Indicação nº 018/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, realizada pelo Vereador SIDNEI CARRILHO PELIZER ''para que o Poder Executivo realize construção de um parque infantil"</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/953/oficio-117-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/953/oficio-117-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, para atender a indicação nº 019/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde intercede o Nobre Vereador Sidnei Carrilho Pelizer, pera que seja realizada dedetização em toda rede de esgoto e galeria de água pluvial de todas as áreas da cidade.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/962/oficio-118-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/962/oficio-118-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, para atender a indicação nº 020/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde intercede o Nobre Vereador Dercino Leonildo de Sá, para que seja realizado o calcamento das principais Ruas e Avenidas da Cidade, com ênfase nas avenidas Brasil e São Paulo.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/963/oficio-119-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/963/oficio-119-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, para atender a indicação nº 022/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde intercede o Nobre Vereador Valdeir Aparecido Laureano, para que seja viabilizado a coleta de lixo na Estrada do Bairro São Paulo Paraná e Zimaré.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/964/oficio-120-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/964/oficio-120-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, para atender a indicação nº 023/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde intercedem os Nobres Vereadores João Paulo Belem e Sílvio de Mazzi dos Santos, para que seja feito três quebra-molas.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/965/oficio-121-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/965/oficio-121-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 038/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1031/oficio-123-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1031/oficio-123-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 040/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/969/oficio124-cljrf-apl-038-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/969/oficio124-cljrf-apl-038-2021.pdf</t>
   </si>
   <si>
     <t>Solicita que seja apreciado em Ordem do Dia na reunião ordinária o Parecer Técnico dessa Comissão e o presente Anteprojeto de Lei nº 038/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/978/oficio126-ind-031-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/978/oficio126-ind-031-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento da Indicação nº 031/2021</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/979/oficio-127-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/979/oficio-127-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a Indicação nº 021/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, realizada pelo Vereador DERCINO LEONILDO DE SÁ ''para que viabilize a reforma e manutenção do Portal da saída para Diamante do Norte".</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/983/oficio-128-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/983/oficio-128-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a Indicação nº 012/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito_x000D_
 Municipal, realizada pelos Vereadores JOÃO PAULO BELÉM e SILVIO DE MAZZI DOS SANTOS "para que realize a abertura de uma via paralela na Vila Nossa Senhora do Rocio".</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/985/oficio-129-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/985/oficio-129-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 041/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/989/oficio-130-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/989/oficio-130-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 042/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1060/oficio-131-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1060/oficio-131-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento ao Requerimento nº 024/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis,_x000D_
 Prefeito Municipal, realizado pelo Vereador VALDEIR APARECIDO LAUREANO "Para que seja feito quebra-molas na Estrada Maria Antonieta."</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/990/oficio-132-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/990/oficio-132-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento ao Requerimento nº 025/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis,_x000D_
 Prefeito Municipal, realizado pelos Vereadores SIL VIO DE MAZZI DOS SANTOS e JOÃO PAULO BELEM "Para que faça o cascalhamento em todos os finais de rua do município".</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/991/oficio-133-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/991/oficio-133-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a Indicação nº 026/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito_x000D_
 Municipal, realizada pelo Vereador SIDNEI CARRILHO PELIZER "solicitando a instalação de pontos de ônibus nas entradas da Cidade".</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/992/oficio-134-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/992/oficio-134-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento ao Requerimento nº 018/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, realizado pelos Vereadores DERCINO LEONILDO DE SÁ e SILVIO DE MAZZI DOS SANTOS "requerendo que seja viabilizado COM URGÊNCIA, um convênio no sistema de comodato, com a ADECJS -Associação de Desenvolvimento Comunitário de ltaúna do Sul, o uso do prédio da balança, onde poderá funcionar a Secretaria de Agricultura e Meio Ambiente, e uma reforma no prédio onde funcionou a APAE de Itaúna do Sul por muitos anos, onde poderá ceder a uma instituição da Prefeitura ou a instalação de empresa que venha gerar empregos a nossa comunidade, bem como gerar uma subvenção social para a associação que restaurar o patrimônio, que hoje está avaliado em estrutura física e terreno em mais de 2 milhões de reais.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/995/oficio-135-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/995/oficio-135-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 043/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/996/oficio136-plo-049-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/996/oficio136-plo-049-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Projeto de Lei nº 049/2021.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/997/oficio137-plo-050-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/997/oficio137-plo-050-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Projeto de Lei nº 050/2021</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/998/oficio-138-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/998/oficio-138-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 044/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1000/oficio-139-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1000/oficio-139-2021.pdf</t>
   </si>
   <si>
     <t>Retirada de tramitação do Anteprojeto de Lei nº 044/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1013/oficio140-plo-045-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1013/oficio140-plo-045-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Projeto de Lei nº 045/2021.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1014/oficio141-plo-052-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1014/oficio141-plo-052-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Projeto de Lei nº 052/2021.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1015/oficio142-plo-053-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1015/oficio142-plo-053-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Projeto de Lei nº 053/2021.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1042/oficio-143-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1042/oficio-143-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei Complementar nº 001/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1030/oficio-146-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1030/oficio-146-2021.pdf</t>
   </si>
   <si>
     <t>Retirada de tramitação do Anteprojeto de Lei nº 035/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1032/oficio-147-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1032/oficio-147-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 046/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1033/oficio-148-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1033/oficio-148-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 047/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1061/oficio-149-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1061/oficio-149-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a Indicação nº 030/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, realizada pelos Vereadores DERCINO LEONILDO DE SÁ E SIL VIO DE MAZZI DOS SANTOS ''para que seja feito um quebra-molas na Rua Felinto de Souza Freire, esquina com a Rua Inglaterra."</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1062/oficio-150-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1062/oficio-150-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a Indicação nº 028/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, realizada pelos Vereadores CELSO INICÊCIO LEITE E SIL VIO DE MAZZI DOS SANTOS "para que providencie a sinalização adequada do estacionamento em frente ao Paço Municipal"</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1063/oficio-151-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1063/oficio-151-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a Indicação nº 027/2021, encaminhada ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, realizada pelos Vereadores ADÃO LUIZ ROMANELLI E SILVIO DE MAZZI DOS SANTOS " Para que viabilize a implantação de câmeras na Praça da Bandeira, nas entradas da Cidade e o patrulhamento motorizado com sinalizador Giroflex"</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1064/oficio-152-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1064/oficio-152-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a indicação nº 031/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde o Nobre Vereador dessa casa de Leis SILVIO DE MAZZI DOS SANTOS, indica para que viabilize instalações de um aparelho de ar-condicionado na sala de eletrocardiograma do Hospital Municipal.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1034/oficio-153-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1034/oficio-153-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 048/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1035/oficio-154-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1035/oficio-154-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de lei nº 049/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1036/oficio-155-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1036/oficio-155-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 050/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1037/oficio-156-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1037/oficio-156-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 052/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1038/oficio-157-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1038/oficio-157-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 053/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1039/oficio-158-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1039/oficio-158-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 054/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1043/oficio-164-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1043/oficio-164-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei Complementar nº 002/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1041/oficio-165-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1041/oficio-165-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 055/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1044/oficio-166-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1044/oficio-166-2021.pdf</t>
   </si>
   <si>
     <t>Retirada de tramitação do Anteprojeto de Lei nº 028/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1068/oficio-167-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1068/oficio-167-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 056/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1069/oficio-168-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1069/oficio-168-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a indicação nº 034/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde o Nobre Vereador ADÃO LUIZ ROMANELLL indica para que seja feito uma nova Pista de Velocrós no Parque das Castanheiras.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1070/oficio-169-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1070/oficio-169-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 058/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1071/oficio-170-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1071/oficio-170-2021.pdf</t>
   </si>
   <si>
     <t>Vimos, com excelso donaire, Vossas Senhorias, em atendimento a indicação nº 035/2021, encaminhado ao excelentíssimo Sr. Gilson José de Góis, Prefeito Municipal, onde o Nobre Vereador LUCIANO DOS SANTOS, indica para que seja feita decorações de natal em nosso Município.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1073/oficio-171-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1073/oficio-171-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 057/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1090/oficio-172-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1090/oficio-172-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 059/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1091/oficio-173-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1091/oficio-173-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 060/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1092/oficio-174-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1092/oficio-174-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 061/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1094/oficio-175-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1094/oficio-175-2021.pdf</t>
   </si>
   <si>
     <t>Encaminhamento do Anteprojeto de Lei nº 062/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1098/oficio-177-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1098/oficio-177-2021.pdf</t>
   </si>
   <si>
     <t>Resposta do Oficio nº 145/2021 com assunto de Encaminhamento da Indicação nº 034/2021.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1099/oficio-178-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1099/oficio-178-2021.pdf</t>
   </si>
   <si>
     <t>Resposta ao Oficio nº153/2021 em referencia ao Encaminhamento da Indicação nº 037/2021.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1100/oficio-179-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1100/oficio-179-2021.pdf</t>
   </si>
   <si>
     <t>Retirada de tramitação do Anteprojeto de Lei nº 059/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1101/oficio-180-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1101/oficio-180-2021.pdf</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1102/oficio-181-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1102/oficio-181-2021.pdf</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1114/oficio-182-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1114/oficio-182-2021.pdf</t>
   </si>
   <si>
     <t>Resposta ao Oficio nº 144/2021 - CMIS,_x000D_
 Assunto: Encaminhamento da Indicação nº 033/2021</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1115/oficio-183-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1115/oficio-183-2021.pdf</t>
   </si>
   <si>
     <t>Resposta ao Oficio nº 161/2021 - CMIS,_x000D_
 Assunto: Encaminhamento da Indicação nº 040/2021.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1116/oficio-185-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1116/oficio-185-2021.pdf</t>
   </si>
   <si>
     <t>Resposta ao Oficio nº 161/2021 - CMIS,_x000D_
 Assunto: Encaminhamento da Indicação nº 042/2021</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1117/oficio-186-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1117/oficio-186-2021.pdf</t>
   </si>
   <si>
     <t>Resposta ao Oficio nº 161/2021 - CMIS_x000D_
 Assunto: Encaminhamento da Indicação nº 041/2021.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1124/oficio_188.2021_-_encaminhamento_proposta_de_emenda_a_lei_organica_01.2021_-_fundo_de_previdencia.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1124/oficio_188.2021_-_encaminhamento_proposta_de_emenda_a_lei_organica_01.2021_-_fundo_de_previdencia.pdf</t>
   </si>
   <si>
     <t>Encaminhamento da Proposta de Emenda à Lei Orgânica nº 001/2021.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1151/oficio-190-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1151/oficio-190-2021.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 035/2021 dos Vereadores Israel dos Santos e Valdeir Aparecido Laureano.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/729/indicacao_01_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/729/indicacao_01_-_2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Góis, para que seja interditada a Quadra de Esportes Olegário Ferreira Lima localizada no conjunto Dom Benjamim pelas péssimas condições que se encontra o local.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>Sidnei</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/808/ind-002-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/808/ind-002-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Góis, para que coloque cadeados nas portas do Clube Recreativo localizado na Rua Inglaterra, próximo ao Ginásio de Esportes Agenor Carrilho Marsola.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/809/ind-003-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/809/ind-003-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Góis, para que instale portas de vidro e ar-condicionado na 45ª CIRETRAN em Itaúna do Sul.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>João Paulo</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/784/ind-004-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/784/ind-004-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito Gilson José de Gois, para que providencie três Quebra-Molas: um na Rua Argentina em frente a APAE, um na Rua Argentina esquina com a Rua Paraná, um na Rua Estados Unidos esquina com a Rua Sergipe.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>CESAS - Comissão de Educação, Saúde e Assistência Social, Barbinha, Celso Leite, Delcino</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_005_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_005_-_2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que tome as devidas providencias em relação ao oficio n° 001/2021 da Senhora Maria Aparecida Apolinário, no sentido de incluir no seu plano de governo a disposição de fraudas descartáveis ou a proposição de projeto de lei regulamentando a aquisição de fraudas descartáveis a pessoas carentes complementando o programa do Governo Federal "Aqui tem Farmácia popular".</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/785/ind-006-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/785/ind-006-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito Gilson José de Gois, para que seja feita reformas no estádio Municipal João Sebastião e na quadra de esporte Agenor Carrilho de Marsola.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/797/ind-007-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/797/ind-007-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que o Poder Executivo realize análise nos moldes da Lei Federal nº 14.131/2021, quanto á possibilidade de majorar de 30% a 40%, a margem de empréstimos consignados para aposentados, pensionistas e demais servidores do município.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/798/ind-008-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/798/ind-008-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que o Poder Executivo realize a construção de um poço artesiano no Bairro Zimaré.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/801/ind-009-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/801/ind-009-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Prefeito Gilson José de Góis, para que sejam tomadas providências para o conserto da cadeira de pacientes do consultório odontológico municipal.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/827/ind-010.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/827/ind-010.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Góis, para que sejam tomadas providências junto à Copel para que realize as podas das árvores localizadas próximas à rede elétrica na Vila Rural Nossa Senhora do Rocio.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/831/ind-011.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/831/ind-011.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Góis, para que informe o orçamento para a instalação da rede elétrica no Parque Industrial do Município de ltaúna do Sul.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>João Paulo, Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/851/ind-012-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/851/ind-012-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Góis, para entrar em contato com a companhia “Melhoramento do Norte Paranaense”, para que realize a abertura de uma via paralela na Vila Rural Nossa Senhora do Rocio.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/853/ind-013.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/853/ind-013.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Góis, para que reforme as vias internas de acesso do hospital municipal.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/862/ind-014.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/862/ind-014.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que realize a instalação de uma tenda próxima à área do Covid-19 no Hospital Municipal de ltaúna do Sul-PR.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/863/ind-015.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/863/ind-015.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que seja feito quatro quebra-molas.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/868/ind-016.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/868/ind-016.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que seja feito quebra-molas no Bairro Zimaré e na Estrada São Paulo Paraná.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>Sidnei, Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/869/ind-017.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/869/ind-017.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que realize a pintura das nomenclaturas de ruas e avenidas.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/875/ind-018.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/875/ind-018.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que realize a construção de um parque infantil.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/876/ind-019.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/876/ind-019.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para realizar operação de dedetização em toda a rede de esgoto e galeria de água pluvial de todas as áreas da cidade.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>Delcino</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/882/ind-020.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/882/ind-020.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para realizar a reforma e manutenção do calçamento das principais ruas e avenidas da cidade com ênfase nas avenidas Brasil e São Paulo.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/883/ind-021.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/883/ind-021.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao excelentíssimo Senhor Prefeito, Gilson José de Gois, para que viabilize a reforma e manutenção do Portal da saída para Diamante do Norte.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/884/ind-022.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/884/ind-022.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao excelentíssimo Senhor Prefeito, Gilson José de Gois, para que viabilize a coleta de lixo na estrada São Paulo-Paraná e no bairro Zimaré.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/885/ind-023.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/885/ind-023.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao excelentíssimo Senhor Prefeito, Gilson José de Gois, para que seja feito três quebra-molas.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/914/ind-024.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/914/ind-024.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que seja feito quebra-molas na Estrada Maria Antonieta.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/917/ind-025.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/917/ind-025.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que faça o cascalhamento em todos os finais de rua do município.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/918/ind-026.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/918/ind-026.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, solicitando a instalação de pontos de ônibus nas entradas da cidade.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>Silvio de Mazzi, Tcharlão</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/933/ind-027.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/933/ind-027.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que viabilize a implantação de câmeras de monitoramento na Praça da Bandeira, nas entradas da cidade e o patrulhamento motorizado com sinalizador Giroflex.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>Celso Leite, Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/934/ind-028.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/934/ind-028.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que providencie a sinalização adequada do estacionamento em frente ao Paço Municipal.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/959/ind-029.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/959/ind-029.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que viabilize instalações de aparelhos de ar-condicionado na biblioteca cidadã e a erradicação da aglomeração de morcegos que habitam o local.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>Delcino, Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/960/ind-030.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/960/ind-030.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que seja feito um quebra-molas.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/972/ind-031.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/972/ind-031.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que viabilize instalações de um aparelho de ar-condicionado na sala de eletrocardiograma do Hospital Municipal.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/988/ind-032.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/988/ind-032.2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que realize dedetização em toda região periférica da cidade com prioridade na _x000D_
 parte oeste, nos termos das ruas Estados Unidos, Inglaterra e avenida Brasil por serem mais próximas dos tanques de armazenamento dos resíduos líquidos da fecularia Três Fronteiras.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1016/ind-033-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1016/ind-033-2021.pdf</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>Badaró, Barbinha, Celso Leite, Delcino, João Paulo, Passo Longo, Sidnei, Silvio de Mazzi, Tcharlão</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1018/ind-034-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1018/ind-034-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que seja feito uma nova pista de velocross no Parque das Castanheiras.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1019/ind-035-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1019/ind-035-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que seja feita decorações de natal em nosso município.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>Passo Longo, Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1048/ind-036-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1048/ind-036-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito Gilson José de Gois, para que sejam erradicalizadas os eucaliptos do Estádio Municipal João Sebastião.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>Celso Leite</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1052/ind-037-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1052/ind-037-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que seja feito a contratação de um coveiro para o cemitério municipal_x000D_
 do município.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1050/ind-038-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1050/ind-038-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que seja feito a instalação de uma placa de identificação com o nome da Vila Rural Nossa Senhora do Rocio na estrada de acesso saindo da rodovia sentido a Vila Rural.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1051/ind-039-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1051/ind-039-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que sejam organizados algumas situações na Vila Nossa Senhora do Rocio.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1067/ind-040-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1067/ind-040-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que sejam colocadas linhas de telefones na secretária de endemias.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>Badaró, João Paulo, Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1075/ind-041-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1075/ind-041-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que sejam realizadas as podas das gramas e limpezas das calçadas e pinturas dos meios-fios da cidade.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1080/ind-042-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1080/ind-042-2021.pdf</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1095/ind-043-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1095/ind-043-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que tome providências quanto ao atendimento na Secretaria de Saúde Terezinha de Mazzi Martins, atendimento prioritário aos idosos, pacientes com necessidades especiais e que todos ACS realize diariamente as visitas domiciliares. E que sejam providenciados coberturas com assentos no local para mais conforto aos pacientes.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1096/ind-044-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1096/ind-044-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que entre em contato com a Fecularia Três Fronteiras para que seja feito o descarte correto dos resíduos.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1103/ind-045-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1103/ind-045-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que estude a possibilidade de ser feito um cartão alimentação para os Servidores Efetivos e PSS.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1118/ind-046-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1118/ind-046-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que tome providência um lugar adequado para as carretinhas da prefeitura que fica na Rua Bahia.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1119/ind-047-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1119/ind-047-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que construa um barracão industrial no Parque Industrial.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>Barbinha, Silvio de Mazzi</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1120/ind-048-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1120/ind-048-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito, Gilson José de Gois, para que providencie o reparo nas placas de regulamentação que foram entortadas, consertos das tampas das bocas de lobo e limpeza geral das placas que precisarem.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/712/requerimento_01_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/712/requerimento_01_-_2021.pdf</t>
   </si>
   <si>
     <t>Os ilustres Vereadores Adão Luiz Romanelli, Celso Inocêncio Leite, Dercino Leonildo de Sá, Israel dos Santos, João Paulo Belém, Luciano dos Santos, Sidnei Carrilho Pelizer, Silvio de Mazzi dos Santos, e Valdeir Aparecido Laureano no uso das atribuições que lhe são referidas por lei, requerem ao Excelentíssimo Senhor Prefeito Gilson José de Gois, para que adquira uma encanteradeira fixa de 125mm e uma bomba para poço já perfurado na Vila Rural Nossa Senhora Aparecida. Com recursos do leilão do setor agrícola e administrativo.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/735/requerimento-002-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/735/requerimento-002-2021.pdf</t>
   </si>
   <si>
     <t>À Mesa Diretiva, ouvindo o Soberano Plenário que seja encaminhado por meio de oficio após discussão e votação do presente instrumento ao Excelentíssimo Senhor Governador do Estado do Paraná, Chefe da Casa Civil, Secretário de Segurança Pública do Paraná, Presidente da Assembleia Legislativa e ao Comando Geral da Polícia Militar do Estado do Paraná, uma melhor análise de tais autoridades a respeito da atual condição profissional vivida pelos agentes de segurança estadual (civis e militares), buscando melhores condições profissionais de trabalho e aumento do efetivo, uma vez que estão vivendo os piores momentos da história em termos de pessoal, salário e pressão social.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/781/requerimento_003-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/781/requerimento_003-2021.pdf</t>
   </si>
   <si>
     <t>Nova avaliação do Anteprojeto de Lei nº 067/2020.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/756/requerimento005-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/756/requerimento005-2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Senhor Prefeito Gilson José de Gois, informações sobre o porquê não foi finalizado ainda o asfalto do Conjunto Colibri de Itaúna do Sul, bem como a primeira prestação de contas parcial referente à segunda fase da pavimentação do recurso.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>COSP - Comissão de Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/773/requerimento_007.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/773/requerimento_007.pdf</t>
   </si>
   <si>
     <t>Remoção de entulhos.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/757/livro_livro_20210323111203.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/757/livro_livro_20210323111203.pdf</t>
   </si>
   <si>
     <t>A Comissão de Legislação Justiça e Redação Final a retirada do anteprojeto de Lei n° 011/2021, tendo em vista o oficio n° 054/2021 do Executivo_x000D_
 Municipal solicitando a retirada de tramitação do Anteprojeto n° 011/2021 para realização de estudos e retificação, nos termos do artigo 123, §3°, inciso VIII, do Regimento Interno.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/802/req-009-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/802/req-009-2021.pdf</t>
   </si>
   <si>
     <t>Requerimento ao Excelentíssimo Senhor Prefeito Gilson José de Góis, para que faça a instalação de postes com iluminação.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/803/req-010-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/803/req-010-2021.pdf</t>
   </si>
   <si>
     <t>Requerem ao Excelentíssimo Senhor Prefeito Gilson José de Góis, para que realize um reforço de sinalização de transito tais como: Pintura dos Quebra-molas, faixa preferencial para pedestres, reparos nas placas de regulamentação que foram entortadas e implantação de placas dos quebra-molas, que a solicitação mencionada seja providenciada em todo perímetro urbano do município.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>CESAS - Comissão de Educação, Saúde e Assistência Social</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/810/req-011-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/810/req-011-2021.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Presidente Israel dos Santos a prorrogação do Prazo de votação de 10 (dez dias) do Requerimento nº001/2021 do Senhor Marcos da Silva Bintercourt sobre informações das vacinas da Covid-19.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/850/requerimento_12.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/850/requerimento_12.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito Gilson José de Góis, que viabilize a correção do plano de cargos e salario dos funcionários desta municipalidade, plano este realizado no ano de 2013 com a Lei nº 1000/2013 e até o momento não teve as elevações de direito dos servidores.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/919/req-013-2021-prazo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/919/req-013-2021-prazo.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Presidente Israel dos Santos a prorrogação de prazo de votação de 10 (dez) dias do pronunciamento do relator sobre o Anteprojeto de Lei nº 028/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/920/req-014-2021-prazo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/920/req-014-2021-prazo.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Presidente Israel dos Santos a prorrogação de prazo de votação de 10 (dez) dias do pronunciamento do relator sobre o Anteprojeto de Lei nº 033/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/921/req-015-2021-prazo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/921/req-015-2021-prazo.pdf</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/922/req-016-2021-prazo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/922/req-016-2021-prazo.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Presidente Israel dos Santos a prorrogação de prazo de votação de 10 (dez) dias do pronunciamento do relator sobre o Anteprojeto de Lei nº 038/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/923/req-017-2021-prazo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/923/req-017-2021-prazo.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Presidente Israel dos Santos a prorrogação de prazo de votação de 10 (dez) dias do pronunciamento do relator sobre o Anteprojeto de Lei nº 040/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/916/req-018-2021-dercino_e_silvio.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/916/req-018-2021-dercino_e_silvio.pdf</t>
   </si>
   <si>
     <t>Requerimento ao Excelentíssimo Senhor Prefeito Gilson José de Gois, para que viabilize com urgência, um convenio no sistema de comodato, com a ADECIS - Associação de Desenvolvimento Comunitário de ltaúna do Sul, o uso do prédio da balança, onde poderá funcionar a Secretaria de Agricultura e Meio Ambiente, e uma reforma no prédio onde funcionou a APAE de ltaúna do Sul por muitos anos, onde poderá ceder a uma instituição da Prefeitura ou a instalação de empresa que venha gerar empregos a nossa comunidade, bem como gerar uma subvenção social para a associação que restaurar o patrimônio, que hoje está avaliado em estrutura física e terreno em mais de 2 milhões de reais. _x000D_
 Outrossim, fomos informados em reunião com os diretores da ADECIS, que existem propostas neste sentido, e que administrações anteriores já fizeram subvenção social, aprovadas pelo Poder Legislativo, no sentido do bom funcionamento da entidade.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/954/req-019-2021-prazo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/954/req-019-2021-prazo.pdf</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/955/req-020-2021-prazo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/955/req-020-2021-prazo.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Presidente Israel dos Santos a prorrogação de prazo de votação de 10 (dez) dias do pronunciamento do relator sobre o Anteprojeto de Lei nº 035/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/958/req-021-2021-prazo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/958/req-021-2021-prazo.pdf</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/976/req-022-2021-prazo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/976/req-022-2021-prazo.pdf</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/977/req-023-2021-prazo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/977/req-023-2021-prazo.pdf</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/971/req-024-2021-prazo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/971/req-024-2021-prazo.pdf</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/980/req-025-2021-prazo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/980/req-025-2021-prazo.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Presidente Israel dos Santos a prorrogação de prazo de votação de 10 (dez) dias do pronunciamento do relator sobre o Anteprojeto de Lei Complementar nº 001/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/981/req-026-2021-prazo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/981/req-026-2021-prazo.pdf</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/982/req-027-2021-prazo.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/982/req-027-2021-prazo.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Presidente Israel dos Santos a prorrogação de prazo de votação de 20 (vinte) dias do pronunciamento do relator sobre o Anteprojeto de Lei nº 045/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1011/req-028-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1011/req-028-2021.pdf</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1012/req-029-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1012/req-029-2021.pdf</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1020/req-030-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1020/req-030-2021.pdf</t>
   </si>
   <si>
     <t>A Mesa Legislativa da Câmara Municipal de Itaúna do Sul, composta pelo Presidente Israel dos Santos, Vice-Presidente Valdeir Aparecido Laureano e Primeiro-Secretário Silvio de Mazzi dos Santos sugere a Comissão de Educação, Saúde e Assistência Social e solicita a informação junto ao Conselho Municipal de Saúde de Itaúna do Sul, a respeito do Anteprojeto de Lei nº 054/2021 nos termos do artigo 72 parágrafo único do Regimento Interno.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1021/req-031-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1021/req-031-2021.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Presidente Israel dos Santos a prorrogação de prazo de votação de 20 (vinte) dias do pronunciamento do relator sobre o Anteprojeto de Lei nº 051/2021 cuja a súmula estima e fixa a despesa do município de Itaúna do Sul para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1022/req-032-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1022/req-032-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Presidente Israel dos Santos a prorrogação de prazo de votação de 10 (dez) dias do Anteprojeto de Lei nº 001/2021 que fixa os critérios que definem a planta genérica de valores e determina outras providências.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1023/req-033-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1023/req-033-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Presidente Israel dos Santos a prorrogação de prazo de votação de 10 (dez) dias do Anteprojeto de Lei nº 028/2021 que autoriza o município de Itaúna do Sul a outorgar, mediante prévia licitação, concessão de uso imóveis, a título oneroso, pelo prazo de até cinco anos para exploração comercial.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1053/req-034-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1053/req-034-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao excelentíssimo Senhor Presidente Israel dos Santos a prorrogação de prazo de votação de 10 ( dez) dias do Anteprojeto de Lei Complementar nº 001/2021 cuja a súmula fixa os critérios que definem a planta genérica de valores e determina outras providências.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>Badaró, Passo Longo</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1081/req-035-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1081/req-035-2021.pdf</t>
   </si>
   <si>
     <t>Requerem ao excelentíssimo Senhor Gabriel José de Oliveira Roman, Secretário de Agricultura Meio Ambiente e Indústria e Comércio para que providencie todas as informações, sobre a realidade rural do município, sua diversidade agrícola, pecuária e suas respectivas agriculturas bem como expectativa de produção anual por hectare de cada cultivo.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1076/req-036-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1076/req-036-2021.pdf</t>
   </si>
   <si>
     <t>Solicita informações referente as leis aprovadas pelo legislativo e sancionadas pelo executivo dos tópicos citados abaixo: _x000D_
 1 - Lei Proibição Narguilé, em calçadas e repartições públicas._x000D_
 2 - Proibição do uso do avião na aplicação de glifosato e seus derivados a área rural do município._x000D_
 3 - Lei que autoriza o corte e poda de árvores, com autorização da Secretária da agricultura e meio ambiente._x000D_
 4 - Lei que destina os resíduos e galhos das árvores podadas e erradicadas.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1077/req-037-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1077/req-037-2021.pdf</t>
   </si>
   <si>
     <t>Solicita informações referente a indicação nº12/2021 cuja a indicação solicita ao Executivo Municipal que entre em contato com a companhia Melhoramento do Norte Paranaense, para que realize a abertura de uma via paralela na Vila Rural Nossa Senhora do Rocio.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1078/req-038-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1078/req-038-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o gramado do campo que estava com (pragas).</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1079/req-039-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1079/req-039-2021.pdf</t>
   </si>
   <si>
     <t>Requer Informações sobre o retorno das atividades esportivas com crianças e jovens do nosso município.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1112/req-041-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1112/req-041-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao excelentíssimo Senhor Presidente Israel dos Santos a tramitação de urgência ao anteprojeto nº061/2021 do Executivo Municipal_x000D_
 cuja a súmula altera disposições da Lei Municipal nº1.133/2016, dispõe sobre a concessão e o pagamento de diárias e indenizações de viagem no_x000D_
 âmbito do Poder Executivo do município de ltaúna do Sul, reduzindo o valor das diárias e da outras providências, por se tratar de relevante interesse_x000D_
 público nos termos do artigo 145 do Regimento Interno haja a vista a proximidade do recesso parlamentar.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>DSPC</t>
   </si>
   <si>
     <t>Despacho</t>
   </si>
   <si>
     <t>Biênio 2021-2022</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/832/despacho-apl-004-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/832/despacho-apl-004-2021.pdf</t>
   </si>
   <si>
     <t>Em caráter de urgência, a mesa diretora da Câmara Municipal, solicita ao plenário a concessão e urgência ao anteprojeto de lei nº 004/2021 com base no artigo 144 do regimento interno.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/833/despacho-apl-006-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/833/despacho-apl-006-2021.pdf</t>
   </si>
   <si>
     <t>Em caráter de urgência, a mesa diretora da Câmara Municipal, solicita ao plenário a concessão e urgência ao anteprojeto de lei nº 006/2021 com base no artigo 144 do regimento interno.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/834/despacho-apl-007-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/834/despacho-apl-007-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 007 /2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 007/2021 com base o art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/835/despacho-apl-008-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/835/despacho-apl-008-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 008/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 008/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/836/despacho-apl-009-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/836/despacho-apl-009-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 009/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 009/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/837/despacho-apl-010-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/837/despacho-apl-010-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 010/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 010/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/838/despacho-apl-011-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/838/despacho-apl-011-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 011/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 011/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/839/despacho-apl-012-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/839/despacho-apl-012-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 012/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 012/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/840/despacho-apl-013-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/840/despacho-apl-013-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 013/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 013/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/841/despacho-apl-014-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/841/despacho-apl-014-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 014/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 014/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/842/despacho-apl-015-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/842/despacho-apl-015-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 015/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 015/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/843/despacho-apl-016-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/843/despacho-apl-016-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 016/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 016/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/844/despacho-apl-017-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/844/despacho-apl-017-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 017/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 017/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/845/despacho-apl-019-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/845/despacho-apl-019-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 019/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 019/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/846/despacho-apl-020-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/846/despacho-apl-020-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 020/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 020/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/847/despacho-apl-022-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/847/despacho-apl-022-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 022/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 022/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/819/despacho-apl-023-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/819/despacho-apl-023-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 023/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 023/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/820/despacho-apl-024-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/820/despacho-apl-024-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 024/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 024/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/854/despacho-apl-025-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/854/despacho-apl-025-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 025/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 025/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/859/despacho-apl-002-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/859/despacho-apl-002-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 002/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 002/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/873/despacho-apl-026-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/873/despacho-apl-026-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 026/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 026/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/874/despacho-apl-027-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/874/despacho-apl-027-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 027/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 027/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/889/despacho-apl-029-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/889/despacho-apl-029-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 029/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 029/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/890/despacho-apl-030-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/890/despacho-apl-030-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 030/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 030/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/924/despacho-pr-001-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/924/despacho-pr-001-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Projeto de Resolução nº 001/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Projeto de Resolução nº 001/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/935/despacho-apl-042-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/935/despacho-apl-042-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 042/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 042/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/937/despacho-apl-041-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/937/despacho-apl-041-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 041/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 041/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/947/despacho-apl-043-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/947/despacho-apl-043-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 043/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 043/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/974/despacho-apl-046-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/974/despacho-apl-046-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 046/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 046/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/984/despacho-apl-002-2021-leg.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/984/despacho-apl-002-2021-leg.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 002/2021 de iniciativa do Legislativo Municipal, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 002/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 048/2021, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 048/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1003/despacho-apl-001-2021-leg.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1003/despacho-apl-001-2021-leg.pdf</t>
   </si>
   <si>
     <t>Em caráter de urgência, a mesa diretora da Câmara Municipal, solicita ao plenário a concessão de urgência ao Anteprojeto de Lei nº 001/2021 do Legislativo com base no artigo 144 do regimento interno.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1009/despacho-apl-052-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1009/despacho-apl-052-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 052/2021 do Executivo Municipal, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 052/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1010/despacho-apl-053-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1010/despacho-apl-053-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 053/2021 do Executivo Municipal, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 053/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1046/dsp-aplc-002-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1046/dsp-aplc-002-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei Complementar nº 002/2021 do Executivo Municipal, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei Complementar nº 002/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1047/dsp-apl-055-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1047/dsp-apl-055-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 055/2021 do Executivo Municipal, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 055/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1054/dsp-apl-003e005-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1054/dsp-apl-003e005-2021.pdf</t>
   </si>
   <si>
     <t>Conforme os ofícios nº 19,21/2021 do Executivo Municipal, em caráter de urgência,  mesa diretora da Câmara Municipal, solicita ao plenário  a concessão de urgência aos Anteprojetos de Lei nº 03,05/2021.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1082/dsp-apl-056-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1082/dsp-apl-056-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 056/2021 do Executivo Municipal, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 056/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1083/dsp-apl-057-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1083/dsp-apl-057-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 057/2021 do Executivo Municipal, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 057/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1084/dsp-pdl-001-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1084/dsp-pdl-001-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Projeto de Decreto Legislativo nº 001/2021 do Legislativo Municipal, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Projeto de Decreto Legislativo nº 001/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1097/dsp-apl-062-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1097/dsp-apl-062-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 062/2021 do Executivo Municipal, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 062/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1104/dsp-apl-028-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1104/dsp-apl-028-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 028/2021 do Executivo Municipal, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 028/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1105/dsp-apl-059-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1105/dsp-apl-059-2021.pdf</t>
   </si>
   <si>
     <t>Em atenção especial ao Anteprojeto de Lei nº 059/2021 do Executivo Municipal, a Mesa Diretora da Câmara Municipal solicita a dispensa de parecer das Comissões Permanentes, com base no art. 78 do Regimento Interno e a concessão de urgência ao Anteprojeto de Lei nº 059/2021 com base no art. 144 do Regimento Interno.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1110/dsp-apl-004-2021-leg.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1110/dsp-apl-004-2021-leg.pdf</t>
   </si>
   <si>
     <t>Em caráter de urgência, a mesa diretora da Câmara Municipal, solicita ao plenário a concessão de urgência ao Anteprojeto de Lei nº 004/2021 do Legislativo Municipal com base no artigo 144 do regimento interno.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>PTLEG</t>
   </si>
   <si>
     <t>Parecer Técnico-Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/848/parecer-tecnico-legislativo-cljrf-apl-001-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/848/parecer-tecnico-legislativo-cljrf-apl-001-2021.pdf</t>
   </si>
   <si>
     <t>Parecer Técnico Legislativo da Comissão de Legislação, Justiça e Redação Final em apreciação ao Anteprojeto de Lei nº 001/2021, que "Institui o Programa de Incentivo e Recuperação Fiscal para o exercício de 2021, e dá outras providências".</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/821/parecer_2_digitalizado_da_comissao_de_educacao_saude_e_assistencia_social.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/821/parecer_2_digitalizado_da_comissao_de_educacao_saude_e_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Parecer Técnico Legislativo da Comissão de Educação, Saúde e Assistência Social referente ao Requerimento 001/2021 do Senhor Marcos Vinicius da Silva Bintercourt</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/858/parecer-cfo-021-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/858/parecer-cfo-021-2021.pdf</t>
   </si>
   <si>
     <t>Parecer Técnico Legislativo da Comissão de Finanças e Orçamento em apreciação ao Anteprojeto de Lei nº 021/2021, que dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o execício de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/860/parecer_cesas-oficio-fraudas-descartaveis.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/860/parecer_cesas-oficio-fraudas-descartaveis.pdf</t>
   </si>
   <si>
     <t>Parecer Técnico Legislativo da Comissão de Educação, Saúde e Assistência Social em apreciação ao Despacho verbal realizado na 5ª Sessão Ordinária pelo Presidente sobre o Oficio nº 001/2021 da Senhora Maria Aparecida Apolinário.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/941/parecer-tecnico-legislativo-cljrf-apl-033-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/941/parecer-tecnico-legislativo-cljrf-apl-033-2021.pdf</t>
   </si>
   <si>
     <t>Parecer Técnico-Legislativo da CLJRF ao Anteprojeto de Lei nº 033/2021.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/943/parecer-tecnico-legislativo-cfo-apl-040-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/943/parecer-tecnico-legislativo-cfo-apl-040-2021.pdf</t>
   </si>
   <si>
     <t>Parecer Técnico-Legislativo da CFO ao Anteprojeto de Lei nº 040/2021.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/961/parecer-tecnico-legislativo-cljrf-apl-067-2020.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/961/parecer-tecnico-legislativo-cljrf-apl-067-2020.pdf</t>
   </si>
   <si>
     <t>Parecer Técnico-Legislativo da CLJRF ao Anteprojeto de Lei nº 067/2020.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/970/parecer-tecnico-legislativo-cljrf-apl-038-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/970/parecer-tecnico-legislativo-cljrf-apl-038-2021.pdf</t>
   </si>
   <si>
     <t>Parecer Técnico-Legislativo da CLJRF ao Anteprojeto de Lei nº 038/2021.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1001/parecer-tecnico-legislativo-cfo-apl-045-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1001/parecer-tecnico-legislativo-cfo-apl-045-2021.pdf</t>
   </si>
   <si>
     <t>Parecer Técnico-Legislativo da CFO ao Anteprojeto de Lei nº 045/2021.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1045/parecer_da_comissao_de_educacao_saude_e_assistencia_social.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1045/parecer_da_comissao_de_educacao_saude_e_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Parecer Técnico-Legislativo da CESAS ao Anteprojeto de Lei nº 054/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1049/parecer_tecnico-legislativo_-_apl-061-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1049/parecer_tecnico-legislativo_-_apl-061-2021.pdf</t>
   </si>
   <si>
     <t>Parecer Técnico-Legislativo ao Anteprojeto de Lei nº 061/2021 que "Altera disposições da Lei Municipal nº 1.133/2016, que dispõe sobre a concessão e o pagamento de diárias e indenizações de viagem no âmbito do Poder Executivo do Município de ltaúna do Sul, reduzindo o valor das diárias e dá outras providências.".</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1086/parecer_tecnico-legislativo_-_apl-051-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1086/parecer_tecnico-legislativo_-_apl-051-2021.pdf</t>
   </si>
   <si>
     <t>Parecer Técnico-Legislativo ao Anteprojeto de Lei 051/2021, que "estima a Receita e fixa a Despesa do Município de Itaúna do Sul, Estado do Paraná para o exercício financeiro de 2022."</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1106/parecer_tecnico-legislativo_-_apl-058-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1106/parecer_tecnico-legislativo_-_apl-058-2021.pdf</t>
   </si>
   <si>
     <t>Parecer Técnico-Legislativo ao Anteprojeto de Lei 058/2021, que "Homologa a reavaliação atuarial para equacionamento do déficit técnico do Regime Próprio de Previdência Social RPPS, dos Servidores Públicos do Município de Itaúna do Sul, Estado do Paraná, que apurou o custo suplementar para o exercício de 2021 e dá outras providências."</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1002/plo-001.2021-leg.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1002/plo-001.2021-leg.pdf</t>
   </si>
   <si>
     <t>Recomposição salarial geral anual - Câmara Municipal de Itaúna do Sul - Servidores Públicos.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1004/plo-002.2021-leg.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1004/plo-002.2021-leg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Legislativo Municipal em abertura de crédito adicional especial por Anulação de Dotação na LOA - Lei Orçamentária Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal nº 1.367 /2020, e dá outras providências.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1005/plo-003.2021-leg.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1005/plo-003.2021-leg.pdf</t>
   </si>
   <si>
     <t>Suspende a reposição salarial concedida aos servidores públicos do Poder Legislativo do Município de ltaúna do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1107/plo-004-2021-leg.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1107/plo-004-2021-leg.pdf</t>
   </si>
   <si>
     <t>Institui o regime de adiantamento no Poder Legislativo de ltaúna do Sul, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/710/projeto_de_lei_001_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/710/projeto_de_lei_001_-_2021.pdf</t>
   </si>
   <si>
     <t>Institui programa de incentivo e recuperação fiscal para o exercício 2021, e da outras providências.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/705/plo-002.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/705/plo-002.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar termo de convênio com organizações da sociedade civil de interesse público, que comprovem finalidade não lucrativa, com o objetivo de proporcionar o repasse de recursos financeiros oriundos do FUNDEB, visando assegurar o atendimento de alunos especiais da Educação Infantil e do Ensino Fundamental de Itaúna do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/736/plo-003-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/736/plo-003-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Itaúna do Sul a promover a devolução de valores referentes a ISSQN creditados a maior parte pelo Banco Bradesco S/A.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/718/plo-004.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/718/plo-004.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional especial por Superávit Financeiro de Recursos Vinculados e por Anulação de Dotação na LOA - Lei Orçamentária Anual no 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal n°  1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal no 1.367/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/713/plo-005.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/713/plo-005.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição geral anual da remuneração de cargos efetivos e empregos públicos, inclusive integrantes do quadro geral do magistério do Poder Executivo de Itaúna do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/728/plo-006.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/728/plo-006.2021.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de desenvolvimento econômico - PRODEM e dá outras providências.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/730/plo-007.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/730/plo-007.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional especial por Superávit Financeiro de Recursos Vinculados de Dotação na LOA - Lei Orçamentária Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal nº 1.367/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/731/008-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/731/008-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por Superávit Financeiro e por anulação de Recursos Vinculados de Dotação la LOA - Lei Orçamentária Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal nº 1.367/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/732/plo-009-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/732/plo-009-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação, com reservas, do Município de Itaúna do Sul no consórcio público intermunicipal de inovação e desenvolvimento do estado do paraná - CINDEPAR e dá outras providências.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/733/plo-010-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/733/plo-010-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a filiação do Município de Itaúna do Sul como associado da Associação dos Municípios do Paraná - AMP e dá outras providências.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/734/plo-011-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/734/plo-011-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Diário Oficial dos Municípios do Paraná como veículo oficial de comunicação dos atos normativos e administrativos do Município de Itaúna do Sul/PR</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_de_012_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_de_012_-_2021.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações realizadas no protocolo de intenções do Consórcio intermunicipal da Apa Federal do Noroeste do Paraná - COMAFEN, e dá outras_x000D_
 providencias.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_de_lei.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a readequação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e Valorização dos Profissionais da Educação Conselho do FUNDEB, nos termos da Lei Federal n° 14.113, de 25 de dezembro de 2020.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/749/plo-014-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/749/plo-014-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por Superávit Financeiro de Recursos Vinculados de Dotação na LOA - Lei Orçamentária Anual n° 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal n° 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal n° 1.342/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/754/plo-015-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/754/plo-015-2021.pdf</t>
   </si>
   <si>
     <t>Ratifica o protocolo de intenções firmado entre municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavirus, medicamentos, insumos e equipamentos na área de saúde e dá outras providências.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/755/plo-016-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/755/plo-016-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a filiação do Poder Executivo do Município de Itaúna do Sul, Estado do Paraná, à Frente Nacional dos Prefeitos - FNP.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/774/plo-017-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/774/plo-017-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional especial por Anulação de Dotação na LOA - Lei Orçamentaria Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentarias - Lei Municipal nº 1.367/2020, e da outras providências.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>Walter Fernandes Pedrosa Junior</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por Superávit Financeiro e por anulação de Recursos Vinculados de Dotação na LOA - Lei Orçamentaria Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentarias - Lei Municipal nº 1.367/2020, e da outras providências.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/782/plo-019-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/782/plo-019-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional especial por Superávit financeiro, Excesso de Arrecadação e por Anulação de Dotação na LOA - Lei Orçamentaria Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal nº 1.367/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/783/plo-020-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/783/plo-020-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em Abertura de crédito adicional suplementar por Superávit Financeiro, Excesso de Arrecadação e por anulação de Recursos Vinculados de Dotação na LOA - Lei Orçamentária Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal nº 1.367/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/787/pl21.21.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/787/pl21.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o execício de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/788/plo-022-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/788/plo-022-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional especial por Anulação de Dotação na LOA - Lei Orçamentária Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal nº 1.367/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/815/plo-023-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/815/plo-023-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre: Autorização do Poder Executivo Municipal em abertura de crédito adicional especial por anulação de dotação na LOA - Lei Orçamentaria Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal nº 1.367/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/816/apl-024-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/816/apl-024-2021.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 49 e acrescenta o artigo 49-A na Lei Municipal nº 85/90, regulamentando o desconto em folha para a contratação de operações de crédito com desconto automático em folha de pagamentos e aumentando para 35% (trinta e cinco por cento) o percentual máximo para contratação até 31 de Dezembro de 2021.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/849/projeto_25.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/849/projeto_25.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional especial por Excesso de Arrecadação na LOA - Lei Orçamentária Anual n° 1. 371/2020, e sobre a alteração da meta de trabalho na Lei Municipal n° 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal n° 1. 367 /2020, e dá outras providências.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/871/plo-026.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/871/plo-026.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por anulação de Recursos Vinculados de Dotação na LOA - Lei Orçamentária Anual n° 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal n° 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias Lei Municipal n° 1.342/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/872/plo-027.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/872/plo-027.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional especial por Anulação de Dotação na LOA - Lei Orçamentária Anual n° 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal n° 1.367/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/886/plo-028-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/886/plo-028-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Itaúna do Sul a outorgar, mediante prévia licitação, concessão de uso de imóveis, a título oneroso, pelo prazo de até 02 (dois) anos, prorrogáveis por igual período, para exploração comercial.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/887/plo-029.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/887/plo-029.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional especial por superávit e por Anulação de Dotação na LOA - Lei _x000D_
 Orçamentária Anual n° 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal n° 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias Lei Municipal n° 1.367/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/888/plo-030.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/888/plo-030.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por Superávit Financeiro, e por anulação de Recursos Vinculados de Dotação na LOA - Lei Orçamentária Anual n° 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal n° 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias Lei Municipal n° 1.367 /2020, e dá outras providências.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/892/plo-032.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/892/plo-032.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a negociar os valores referentes aos serviços de saneamento prestados pela SANEPAR e não pagos pelo Município de Itaúna do Sul/PR.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/893/plo-033.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/893/plo-033.2021.pdf</t>
   </si>
   <si>
     <t>Fixa o valor para pagamento de Obrigações de Pequeno Valor (RPV), decorrentes de decisões judiciais, nos termos do Art. 100, parágrafos 3º e 4º da _x000D_
 Constituição Federal.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/902/plo-034.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/902/plo-034.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por Superávit Financeiro, e por anulação de Recursos Vinculados de Dotação na LOA - Lei Orçamentária Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal nº 1.367/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>Altera a redação do art. 169 e do anexo Tabela VIII e acrescenta artigos e parágrafos, da Lei Municipal nº 322/2001, que institui o Código Tributário do Município.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/904/plo-036.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/904/plo-036.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional Especial por Tendência de Excesso de Arrecadação de Recursos Vinculados e por anulação de Dotação na LOA - Lei Orçamentária Anual n° 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal n° 1.367/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/905/plo-037.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/905/plo-037.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por Excesso de Arrecadação de Recursos Vinculados e por anulação de Dotação na LOA Lei Orçamentária Anual n° 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal n° 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias Lei Municipal nº 1.367/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/906/plo-038.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/906/plo-038.2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1394/2021, dispondo sobre nova nomenclatura e regulamentação do Conselho Municipal de defesa do meio ambiente e saneamento (COMDEMAS) e dá outras providencias.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/911/plo-040.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/911/plo-040.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de multas decorrentes de infrações de trânsito cometidas por condutores de veículos do serviço público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/931/plo-041.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/931/plo-041.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o parcelamento de débitos com o Consórcio Intermunicipal da APA Federal do Noroeste do Paraná - COMAFEN e dá outras providências.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/932/plo-042.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/932/plo-042.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional especial por Anulação de Dotação na LOA - Lei Orçamentária Anual n° 1. 371/2020, e sobre a alteração da meta de trabalho na Lei Municipal n° 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal n° 1.367/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/948/plo-043.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/948/plo-043.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por anulação de Recursos Vinculados de Dotação na LOA - Lei Orçamentária Anual nº 1.3 71/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal nº 1.342/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por anulação de Recursos Vinculados de Dotação na LOA - Lei Orçamentária Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO Lei de Diretrizes Orçamentárias - Lei Municipal nº 1. 342/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/966/plo-045.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/966/plo-045.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual - PPA do município de Itaúna do Sul, estado do Paraná para o quadriênio de 2022 a 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/973/plo-046.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/973/plo-046.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por anulação de Recursos Vinculados de Dotação na LOA - Lei Orçamentária Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal nº 1.342/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/975/plo-047.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/975/plo-047.2021.pdf</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/987/plo-048.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/987/plo-048.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional especial por Excesso de Arrecadação de Dotação na LOA - Lei Orçamentária Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de _x000D_
 Diretrizes Orçamentárias - Lei Municipal nº 1.367 /2020, e dá outras providências.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/993/plo-049.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/993/plo-049.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a afetação de bem ao patrimônio público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/994/plo-050.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/994/plo-050.2021.pdf</t>
   </si>
   <si>
     <t>Suspende a reposição concedida aos servidores públicos do Município de ltaúna do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/999/plo-051-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/999/plo-051-2021.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Itaúna do Sul, Estado do Paraná, para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1006/plo-052.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1006/plo-052.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional especial por Anulação de Dotação na LOA - Lei Orçamentária Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal no 1.367 /2020, e dá outras providências.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1007/plo-053.2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1007/plo-053.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por anulação e excesso de Recursos Vinculados de Dotação na LOA - Lei Orçamentária Anual n° 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal no 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal n° 1.342/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1008/plo-054-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1008/plo-054-2021.pdf</t>
   </si>
   <si>
     <t>Altera disposições a respeito do mandato do Conselho Municipal de saúde, previsto na lei municipal nº 823/2010, dispõe sobre a recondução dos Conselheiros atuais até 31 de dezembro de 2022 e dá outras providencias.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1040/plo-055-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1040/plo-055-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por anulação e excesso de Recursos Vinculados de_x000D_
 Dotação na LOA - Lei Orçamentária Anual n° 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal n° 1. 216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal nº 1.342/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1066/plo-056-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1066/plo-056-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional especial por Anulação e superávit de Dotação na LOA - Lei Orçamentária Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias - Lei Municipal nº 1.367 /2020, e dá outras providências.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1072/plo-057-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1072/plo-057-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por Anulação e superávit de Dotação na LOA Lei_x000D_
 Orçamentária Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal no 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias Lei Municipal nº 1.367/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1074/plo-058-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1074/plo-058-2021.pdf</t>
   </si>
   <si>
     <t>Homologa a reavaliação atuarial para equacionamento do déficit técnico do Regime Próprio de Previdência Social RPPS, dos Servidores Públicos do Município de Itaúna do Sul, Estado do Paraná, que apurou o custo suplementar para o exercício de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1087/plo-059-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1087/plo-059-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1008/13, que dispõe sobre o regime de adiantamento de despesa de pronto pagamento, prevendo a possibilidade de atendimento de situações emergenciais excepcionais, que coloque em risco a vida de pessoas atendidas pelo Sistema único de Saúde e dá outras providencias.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1088/plo-60-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1088/plo-60-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe a regularização dos imóveis públicos utilizados por particulares, por qualquer título, com o objetivo de geração de emprego, renda ou desenvolvimento econômico, bem como, a reversão ao patrimônio públicos, de imóveis em estado de abandono e dá outras providencias.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1089/plo-061-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1089/plo-061-2021.pdf</t>
   </si>
   <si>
     <t>Altera disposições da lei municipal nº 1.133/2016, que dispõe sobre a concessão e o pagamento de diárias e indenizações de viagem no âmbito do_x000D_
 Poder Executivo do Município de ltaúna do Sul, reduzindo o valor das diárias e dá outras providências.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1093/plo-062-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1093/plo-062-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Executivo Municipal em abertura de crédito adicional suplementar por anulação e tendência de excesso de Recursos_x000D_
 Vinculados de Dotação na LOA - Lei Orçamentária Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias Lei Municipal nº 1.342/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
     <t>Fixa os critérios que definem a planta genérica de valores.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1017/plco-002-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1017/plco-002-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regime de Previdência Complementar no âmbito do Município de ltaúna do Sul, Estado do Paraná, fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal, autoriza a adesão a plano de benefícios de previdência complementar, e dá outras providências.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1122/plco-003-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1122/plco-003-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Regime Próprio de Previdência Social - R.P.P.S, dos servidores públicos municipais do Município de ltaúna do Sul, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1125/plco-004-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1125/plco-004-2021.pdf</t>
   </si>
   <si>
     <t>FIXA OS CRITÉRIOS QUE DEFINEM A PLANTA GENÉRICA DE VALORES.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1065/pdl-001-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1065/pdl-001-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Legislativo Municipal em abertura de crédito adicional especial por Anulação de Dotação na LOA - Lei Orçamentária Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na LDO - Lei de Diretrizes Orçamentárias Lei Municipal nº 1.367/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/912/pr-001-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/912/pr-001-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece o orçamento do Legislativo Municipal para o exercício de 2022.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1123/elo-01-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1123/elo-01-2021.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Orgânica do Município de Itaúna do Sul, para adequação das regras de concessão de benefícios previdenciários do regime próprio do Município de Itaúna do Sul, de acordo com a Emenda Constitucional nº 103/2019.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>EMA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/944/emenda-001-plo-040-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/944/emenda-001-plo-040-2021.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva nº 001/2021 referente ao Projeto de Lei nº 040/2021.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1111/emenda-aditiva-002-2021-plo-061-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1111/emenda-aditiva-002-2021-plo-061-2021.pdf</t>
   </si>
   <si>
     <t>Adiciona o parágrafo 4°, ao art. 1 º, do anteprojeto de lei nº 061/2021 que altera o art. 2º, da Lei Municipal nº 1.133/2016.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>EMM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/800/emenda-002-plo-040-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/800/emenda-002-plo-040-2021.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 002/2021 referente ao Projeto de Lei nº 040/2021.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1113/emenda-modificativa-003-2021-plo-061-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1113/emenda-modificativa-003-2021-plo-061-2021.pdf</t>
   </si>
   <si>
     <t>Altera-se o artigo 2 º e o artigo 5°, do Anteprojeto de Lei nº 61/2021 do Executivo Municipal.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>EMS</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/946/emenda-003-plo-040-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/946/emenda-003-plo-040-2021.pdf</t>
   </si>
   <si>
     <t>Emenda Supressiva nº 003/2021 referente ao Projeto de Lei nº 040/2021.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/738/portaria_01.2021_publicacao_jornal.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/738/portaria_01.2021_publicacao_jornal.pdf</t>
   </si>
   <si>
     <t>Revoga a portaria 14/2020, a partir de 18 de janeiro de 2021, em virtude de conveniência e oportunidade e dá outras providências.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/739/portaria_02_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/739/portaria_02_-_2021.pdf</t>
   </si>
   <si>
     <t>Nomeia o senhor WALTER FERNANDES PEDROSA JUNIOR, no cargo de Agente Administrativo, aprovado no concurso público n° 001/2020, com carga horária de 40 horas semanais, de acordo com a Lei n° 1.148/2016, com vencimentos equivalentes ao Art. 2°, anexo ll da Lei n° 1.209/2017.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/740/portaria_03_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/740/portaria_03_-_2021.pdf</t>
   </si>
   <si>
     <t>Conceder 15 (quinze) dias de férias regulamentares à servidora FÁTIMA DO SOCORRO SENSON SILVA.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/741/portaria_04_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/741/portaria_04_-_2021.pdf</t>
   </si>
   <si>
     <t>Designa os integrantes para comporem e integrarem a Comissão Especial de Avaliação de Desempenho no estágio probatório.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/742/portaria_05_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/742/portaria_05_-_2021.pdf</t>
   </si>
   <si>
     <t>Revoga a portaria 06/2020, a partir de 22 de fevereiro de 2021, e estabelece medidas administrativas para o enfrentamento da emergência de saúde pública decorrente do Coronavirus — COVID-19, considerando o Decreto Municipal nº 015/2021 e, considerando as diversas recomendações e_x000D_
 determinações para o enfrentamento da situação de emergência em saúde pública,</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/743/portaria_06_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/743/portaria_06_-_2021.pdf</t>
   </si>
   <si>
     <t>Concede Licença Maternidade à BEATRIZ DE SOUZA SILVA, no cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/744/portaria_07_-_2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/744/portaria_07_-_2021.pdf</t>
   </si>
   <si>
     <t>Altera o §3°, do art. 3° da Portaria n° 002/2019, tendo em vista a Portaria n° 006/2021. Além da responsabilidade dos usuários em acessarem suas respectivas contas de e-mail, fica incumbido o servidor WALTER FERNANDES PEDROSA JUNIOR de verificar todos os dias, em que houver expediente, as contas de e-mail dos vereadores, bem como, as contas dos e-mails relativos á presidência, contato, procuradoria jurídica, contabilidade, controle interno, ouvidoria, protocolo, publicações e secretaria parlamentar</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/926/por-008-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/926/por-008-2021.pdf</t>
   </si>
   <si>
     <t>Conceder 10 (dez) dias de férias regulamentares à servidora ANAPAULA VIANNA DA SILVA, RG. Nº 7.767.541-8, período aquisitivo 2019/2020, com o cargo de Contador.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/925/por-009-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/925/por-009-2021.pdf</t>
   </si>
   <si>
     <t>Conceder 10 (dez) dias de férias regulamentares à servidora ANAPAULA VIANNA DA SILVA, RG. Nº 7.767.541-8, período aquisitivo 2019/2020,_x000D_
 com o cargo de Contador.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/936/portaria_10-2021_-_ferias_fatima.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/936/portaria_10-2021_-_ferias_fatima.pdf</t>
   </si>
   <si>
     <t>Conceder 15 (quinze) dias de férias regulamentares à servidora FÁTIMA DO SOCORRO SENSON SILVA, RG. Nº 7.514.242-9, período aquisitivo 2019/2020, no cargo de Zelador.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/956/por-011-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/956/por-011-2021.pdf</t>
   </si>
   <si>
     <t>Conceder 15 (quinze) dias de férias regulamentares à servidora BEATRIZ DE SOUZA SILVA , RG. Nº 10.525.999-9, período aquisitivo 2019/2019, no cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/957/por-012-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/957/por-012-2021.pdf</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/968/por-013-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/968/por-013-2021.pdf</t>
   </si>
   <si>
     <t>Conceder 30 (trinta) dias de férias regulamentares à servidora BEATRIZ DE SOUZA SILVA , RG. Nº 10.525.999-9, período aquisitivo 2020/2020, com o cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1108/portaria-014-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1108/portaria-014-2021.pdf</t>
   </si>
   <si>
     <t>ISRAEL DOS SANTOS, Presidente da Câmara Municipal de ltaúna do Sul, Estado do Paraná, no uso de suas atribuições que lhe são conferidas pela Legislação em vigor, Resolve: Conceder 15 (quinze) dias de férias regulamentares à servidora FÁTIMA DO SOCORRO SENSON SILVA, RG. Nº 7.514.242-9, período aquisitivo 2019/2020, com o cargo de Zelador.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1109/portaria-015-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1109/portaria-015-2021.pdf</t>
   </si>
   <si>
     <t>ISRAEL DOS SANTOS, Presidente da Câmara Municipal de ltaúna do Sul, Estado do Paraná, no uso de suas atribuições que lhe são conferidas pela_x000D_
 Legislação em vigor, Resolve: Conceder 10 (dez) dias de férias regulamentares à servidora FERNANDA ROBERTA SASSO MELLO, RG. Nº 8.337.862-0, período aquisitivo 2020/2021, com o cargo de Procurador Jurídico.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1121/portaria-016-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1121/portaria-016-2021.pdf</t>
   </si>
   <si>
     <t>Revoga a portaria nº 05/2021, e reestabelece o expediente normal nessa Casa de Leis, a partir da data de sua publicação.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1126/portaria-017-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1126/portaria-017-2021.pdf</t>
   </si>
   <si>
     <t>Férias ISRAEL DOS SANTOS, Presidente da Câmara Municipal de Itaúna do Sul, Estado do Paraná, no uso de suas atribuições que lhe são conferidas pela Legislação em vigor, Resolve: Artigo 1º-: Conceder 15 (quinze) dias de férias regulamentares à servidora FÁTIMA DO SOCORRO SENSON SILVA, RG. Nº 7.514.242-9, período aquisitivo 2020/2021, com o cargo de Zelador.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1127/portaria-018-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1127/portaria-018-2021.pdf</t>
   </si>
   <si>
     <t>ISRAEL DOS SANTOS, Presidente da Câmara Municipal de Itaúna do Sul, Estado do Paraná, no uso de suas atribuições que lhe são conferidas pela Legislação em vigor, Resolve:_x000D_
 Artigo 1º-: Nomeia o senhor LUÍS OTÁVIO DOS SANTOS MAZUREK, RG nº 12.308.589-2 SSP-PR, CPF nº 108.499.319-83, no cargo de Procurador do Poder Legislativo Municipal, aprovado no concurso público nº 001/2020, com carga horária de 20 horas semanais, de acordo com a Lei nº 1.148/2016, com vencimentos equivalentes ao Art. 2º, anexo II da Lei nº 1.209/2017.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>DECL</t>
   </si>
   <si>
     <t>Decreto-legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1085/dl-001-2021.pdf</t>
+    <t>http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1085/dl-001-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização do Poder Legislativo Municipal em abertura de crédito adicional especial por Anulação de Dotação na LOA - Lei Orçamentária Anual nº 1.371/2020, e sobre a alteração da meta de trabalho na Lei Municipal nº 1.216/2017 do PPA 2018 a 2021, e na lDO - Lei de Diretrizes Orçamentárias Lei Municipal nº 1.367/2020, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4754,67 +4754,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/715/oficio-002-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/716/ofico_03-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/717/oficio_04-2021_agrupado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/719/oficio_05_-_2021_agrupado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/720/livro_livro_20210223130703.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/721/livro_livro_20210223130701.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/722/livro_livro_20210223130657.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/723/livro_livro_20210223111213.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/724/livro_livro_20210304144723.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/725/livro_livro_20210223131919.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/726/livro_livro_20210304144716.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/727/oficio-013-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/745/oficio_14_-_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/746/oficio_15_-_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/768/oficio_016_-_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/769/oficio-017-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/771/oficio-018-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/762/oficio19-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/772/oficio_020_-_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/786/oficio-021-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/750/oficio-022-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/751/oficio-023-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/752/oficio-024-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/753/oficio_025_-_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1055/oficio-026-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1056/oficio-027-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/758/oficio_28_-_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/759/oficio_29_-_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/760/oficio_30_-_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/764/oficio-031-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/765/oficio-032-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/767/oficio_034_-_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/776/oficio-035-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/777/oficio36.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/778/oficio37.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/779/oficio-038-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/780/oficio-039-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/789/oficio-040-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/790/oficio-041-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/791/oficio-042-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/792/oficio-043-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/793/oficio-044-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/799/oficio-045-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/794/oficio46.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/795/oficio47.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/796/oficio-048-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/805/oficio-049-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/806/oficio-050-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/807/oficio-051-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/804/oficio-052-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/811/oficio53.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/812/oficio-054-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/813/oficio-055-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1057/oficio-056-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/822/oficio-057-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/814/oficio-059-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/817/oficio-060-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/818/oficio-061-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/823/oficio-062-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/824/oficio-063-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/825/oficio64.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/826/oficio65.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/828/oficio-066-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/829/oficio-067-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/830/oficio-068-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/855/oficio-069-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/881/oficio70-gov.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/852/oficio71.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/856/oficio72.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/857/oficio73.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/861/oficio-074-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/864/oficio-075-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/865/oficio76-ind-014-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/866/oficio-077-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/877/oficio-078-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/870/oficio79-ind-017-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/878/oficio80-resposta.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/879/oficio-081-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/880/oficio-082-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/894/oficio-083-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/895/oficio-084-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/896/oficio-085-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/897/oficio86-ind-019-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/898/oficio87-ind-020-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/899/oficio88-ind-021-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/900/oficio89-ind-022-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/901/oficio-090-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1058/oficio-091-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1059/oficio-093-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/907/oficio94-plo-032-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/908/oficio95-plo-034-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/909/oficio96-plo-036-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/910/oficio-097-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1025/oficio-098-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1026/oficio-099-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1027/oficio-101-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1028/oficio-102-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/913/oficio-103-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/915/oficio-104-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/927/oficio-105-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1029/oficio-106-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/928/oficio-107-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/929/oficio-108-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/930/oficio-109-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/938/oficio-110-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/939/oficio-111-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/940/oficio112-plo-042-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/942/oficio113-cljrf-apl-033-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/950/oficio-114-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/951/oficio-115-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/952/oficio-116-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/953/oficio-117-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/962/oficio-118-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/963/oficio-119-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/964/oficio-120-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/965/oficio-121-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1031/oficio-123-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/969/oficio124-cljrf-apl-038-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/978/oficio126-ind-031-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/979/oficio-127-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/983/oficio-128-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/985/oficio-129-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/989/oficio-130-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1060/oficio-131-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/990/oficio-132-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/991/oficio-133-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/992/oficio-134-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/995/oficio-135-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/996/oficio136-plo-049-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/997/oficio137-plo-050-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/998/oficio-138-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1000/oficio-139-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1013/oficio140-plo-045-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1014/oficio141-plo-052-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1015/oficio142-plo-053-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1042/oficio-143-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1030/oficio-146-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1032/oficio-147-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1033/oficio-148-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1061/oficio-149-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1062/oficio-150-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1063/oficio-151-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1064/oficio-152-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1034/oficio-153-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1035/oficio-154-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1036/oficio-155-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1037/oficio-156-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1038/oficio-157-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1039/oficio-158-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1043/oficio-164-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1041/oficio-165-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1044/oficio-166-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1068/oficio-167-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1069/oficio-168-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1070/oficio-169-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1071/oficio-170-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1073/oficio-171-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1090/oficio-172-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1091/oficio-173-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1092/oficio-174-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1094/oficio-175-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1098/oficio-177-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1099/oficio-178-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1100/oficio-179-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1101/oficio-180-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1102/oficio-181-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1114/oficio-182-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1115/oficio-183-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1116/oficio-185-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1117/oficio-186-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1124/oficio_188.2021_-_encaminhamento_proposta_de_emenda_a_lei_organica_01.2021_-_fundo_de_previdencia.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1151/oficio-190-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/729/indicacao_01_-_2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/808/ind-002-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/809/ind-003-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/784/ind-004-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_005_-_2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/785/ind-006-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/797/ind-007-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/798/ind-008-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/801/ind-009-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/827/ind-010.2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/831/ind-011.2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/851/ind-012-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/853/ind-013.2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/862/ind-014.2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/863/ind-015.2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/868/ind-016.2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/869/ind-017.2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/875/ind-018.2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/876/ind-019.2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/882/ind-020.2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/883/ind-021.2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/884/ind-022.2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/885/ind-023.2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/914/ind-024.2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/917/ind-025.2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/918/ind-026.2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/933/ind-027.2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/934/ind-028.2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/959/ind-029.2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/960/ind-030.2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/972/ind-031.2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/988/ind-032.2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1016/ind-033-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1018/ind-034-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1019/ind-035-2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1048/ind-036-2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1052/ind-037-2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1050/ind-038-2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1051/ind-039-2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1067/ind-040-2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1075/ind-041-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1080/ind-042-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1095/ind-043-2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1096/ind-044-2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1103/ind-045-2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1118/ind-046-2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1119/ind-047-2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1120/ind-048-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/712/requerimento_01_-_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/735/requerimento-002-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/781/requerimento_003-2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/756/requerimento005-2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/773/requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/757/livro_livro_20210323111203.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/802/req-009-2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/803/req-010-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/810/req-011-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/850/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/919/req-013-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/920/req-014-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/921/req-015-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/922/req-016-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/923/req-017-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/916/req-018-2021-dercino_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/954/req-019-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/955/req-020-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/958/req-021-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/976/req-022-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/977/req-023-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/971/req-024-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/980/req-025-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/981/req-026-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/982/req-027-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1011/req-028-2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1012/req-029-2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1020/req-030-2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1021/req-031-2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1022/req-032-2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1023/req-033-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1053/req-034-2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1081/req-035-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1076/req-036-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1077/req-037-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1078/req-038-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1079/req-039-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1112/req-041-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/832/despacho-apl-004-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/833/despacho-apl-006-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/834/despacho-apl-007-2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/835/despacho-apl-008-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/836/despacho-apl-009-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/837/despacho-apl-010-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/838/despacho-apl-011-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/839/despacho-apl-012-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/840/despacho-apl-013-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/841/despacho-apl-014-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/842/despacho-apl-015-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/843/despacho-apl-016-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/844/despacho-apl-017-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/845/despacho-apl-019-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/846/despacho-apl-020-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/847/despacho-apl-022-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/819/despacho-apl-023-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/820/despacho-apl-024-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/854/despacho-apl-025-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/859/despacho-apl-002-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/873/despacho-apl-026-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/874/despacho-apl-027-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/889/despacho-apl-029-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/890/despacho-apl-030-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/924/despacho-pr-001-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/935/despacho-apl-042-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/937/despacho-apl-041-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/947/despacho-apl-043-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/974/despacho-apl-046-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/984/despacho-apl-002-2021-leg.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1003/despacho-apl-001-2021-leg.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1009/despacho-apl-052-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1010/despacho-apl-053-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1046/dsp-aplc-002-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1047/dsp-apl-055-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1054/dsp-apl-003e005-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1082/dsp-apl-056-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1083/dsp-apl-057-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1084/dsp-pdl-001-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1097/dsp-apl-062-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1104/dsp-apl-028-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1105/dsp-apl-059-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1110/dsp-apl-004-2021-leg.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/848/parecer-tecnico-legislativo-cljrf-apl-001-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/821/parecer_2_digitalizado_da_comissao_de_educacao_saude_e_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/858/parecer-cfo-021-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/860/parecer_cesas-oficio-fraudas-descartaveis.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/941/parecer-tecnico-legislativo-cljrf-apl-033-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/943/parecer-tecnico-legislativo-cfo-apl-040-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/961/parecer-tecnico-legislativo-cljrf-apl-067-2020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/970/parecer-tecnico-legislativo-cljrf-apl-038-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1001/parecer-tecnico-legislativo-cfo-apl-045-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1045/parecer_da_comissao_de_educacao_saude_e_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1049/parecer_tecnico-legislativo_-_apl-061-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1086/parecer_tecnico-legislativo_-_apl-051-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1106/parecer_tecnico-legislativo_-_apl-058-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1002/plo-001.2021-leg.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1004/plo-002.2021-leg.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1005/plo-003.2021-leg.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1107/plo-004-2021-leg.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/710/projeto_de_lei_001_-_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/705/plo-002.2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/736/plo-003-2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/718/plo-004.2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/713/plo-005.2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/728/plo-006.2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/730/plo-007.2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/731/008-2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/732/plo-009-2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/733/plo-010-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/734/plo-011-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_de_012_-_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/749/plo-014-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/754/plo-015-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/755/plo-016-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/774/plo-017-2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/782/plo-019-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/783/plo-020-2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/787/pl21.21.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/788/plo-022-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/815/plo-023-2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/816/apl-024-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/849/projeto_25.2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/871/plo-026.2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/872/plo-027.2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/886/plo-028-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/887/plo-029.2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/888/plo-030.2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/892/plo-032.2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/893/plo-033.2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/902/plo-034.2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/904/plo-036.2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/905/plo-037.2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/906/plo-038.2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/911/plo-040.2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/931/plo-041.2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/932/plo-042.2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/948/plo-043.2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/966/plo-045.2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/973/plo-046.2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/975/plo-047.2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/987/plo-048.2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/993/plo-049.2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/994/plo-050.2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/999/plo-051-2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1006/plo-052.2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1007/plo-053.2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1008/plo-054-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1040/plo-055-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1066/plo-056-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1072/plo-057-2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1074/plo-058-2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1087/plo-059-2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1088/plo-60-2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1089/plo-061-2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1093/plo-062-2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1017/plco-002-2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1122/plco-003-2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1125/plco-004-2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1065/pdl-001-2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/912/pr-001-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1123/elo-01-2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/944/emenda-001-plo-040-2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1111/emenda-aditiva-002-2021-plo-061-2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/800/emenda-002-plo-040-2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1113/emenda-modificativa-003-2021-plo-061-2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/946/emenda-003-plo-040-2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/738/portaria_01.2021_publicacao_jornal.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/739/portaria_02_-_2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/740/portaria_03_-_2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/741/portaria_04_-_2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/742/portaria_05_-_2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/743/portaria_06_-_2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/744/portaria_07_-_2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/926/por-008-2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/925/por-009-2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/936/portaria_10-2021_-_ferias_fatima.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/956/por-011-2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/957/por-012-2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/968/por-013-2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1108/portaria-014-2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1109/portaria-015-2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1121/portaria-016-2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1126/portaria-017-2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1127/portaria-018-2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1085/dl-001-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/715/oficio-002-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/716/ofico_03-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/717/oficio_04-2021_agrupado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/719/oficio_05_-_2021_agrupado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/720/livro_livro_20210223130703.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/721/livro_livro_20210223130701.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/722/livro_livro_20210223130657.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/723/livro_livro_20210223111213.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/724/livro_livro_20210304144723.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/725/livro_livro_20210223131919.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/726/livro_livro_20210304144716.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/727/oficio-013-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/745/oficio_14_-_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/746/oficio_15_-_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/768/oficio_016_-_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/769/oficio-017-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/771/oficio-018-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/762/oficio19-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/772/oficio_020_-_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/786/oficio-021-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/750/oficio-022-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/751/oficio-023-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/752/oficio-024-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/753/oficio_025_-_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1055/oficio-026-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1056/oficio-027-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/758/oficio_28_-_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/759/oficio_29_-_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/760/oficio_30_-_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/764/oficio-031-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/765/oficio-032-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/767/oficio_034_-_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/776/oficio-035-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/777/oficio36.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/778/oficio37.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/779/oficio-038-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/780/oficio-039-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/789/oficio-040-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/790/oficio-041-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/791/oficio-042-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/792/oficio-043-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/793/oficio-044-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/799/oficio-045-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/794/oficio46.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/795/oficio47.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/796/oficio-048-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/805/oficio-049-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/806/oficio-050-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/807/oficio-051-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/804/oficio-052-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/811/oficio53.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/812/oficio-054-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/813/oficio-055-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1057/oficio-056-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/822/oficio-057-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/814/oficio-059-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/817/oficio-060-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/818/oficio-061-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/823/oficio-062-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/824/oficio-063-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/825/oficio64.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/826/oficio65.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/828/oficio-066-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/829/oficio-067-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/830/oficio-068-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/855/oficio-069-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/881/oficio70-gov.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/852/oficio71.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/856/oficio72.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/857/oficio73.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/861/oficio-074-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/864/oficio-075-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/865/oficio76-ind-014-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/866/oficio-077-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/877/oficio-078-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/870/oficio79-ind-017-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/878/oficio80-resposta.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/879/oficio-081-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/880/oficio-082-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/894/oficio-083-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/895/oficio-084-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/896/oficio-085-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/897/oficio86-ind-019-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/898/oficio87-ind-020-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/899/oficio88-ind-021-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/900/oficio89-ind-022-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/901/oficio-090-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1058/oficio-091-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1059/oficio-093-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/907/oficio94-plo-032-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/908/oficio95-plo-034-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/909/oficio96-plo-036-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/910/oficio-097-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1025/oficio-098-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1026/oficio-099-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1027/oficio-101-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1028/oficio-102-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/913/oficio-103-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/915/oficio-104-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/927/oficio-105-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1029/oficio-106-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/928/oficio-107-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/929/oficio-108-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/930/oficio-109-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/938/oficio-110-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/939/oficio-111-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/940/oficio112-plo-042-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/942/oficio113-cljrf-apl-033-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/950/oficio-114-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/951/oficio-115-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/952/oficio-116-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/953/oficio-117-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/962/oficio-118-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/963/oficio-119-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/964/oficio-120-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/965/oficio-121-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1031/oficio-123-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/969/oficio124-cljrf-apl-038-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/978/oficio126-ind-031-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/979/oficio-127-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/983/oficio-128-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/985/oficio-129-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/989/oficio-130-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1060/oficio-131-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/990/oficio-132-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/991/oficio-133-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/992/oficio-134-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/995/oficio-135-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/996/oficio136-plo-049-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/997/oficio137-plo-050-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/998/oficio-138-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1000/oficio-139-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1013/oficio140-plo-045-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1014/oficio141-plo-052-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1015/oficio142-plo-053-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1042/oficio-143-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1030/oficio-146-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1032/oficio-147-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1033/oficio-148-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1061/oficio-149-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1062/oficio-150-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1063/oficio-151-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1064/oficio-152-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1034/oficio-153-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1035/oficio-154-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1036/oficio-155-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1037/oficio-156-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1038/oficio-157-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1039/oficio-158-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1043/oficio-164-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1041/oficio-165-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1044/oficio-166-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1068/oficio-167-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1069/oficio-168-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1070/oficio-169-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1071/oficio-170-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1073/oficio-171-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1090/oficio-172-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1091/oficio-173-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1092/oficio-174-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1094/oficio-175-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1098/oficio-177-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1099/oficio-178-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1100/oficio-179-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1101/oficio-180-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1102/oficio-181-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1114/oficio-182-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1115/oficio-183-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1116/oficio-185-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1117/oficio-186-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1124/oficio_188.2021_-_encaminhamento_proposta_de_emenda_a_lei_organica_01.2021_-_fundo_de_previdencia.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1151/oficio-190-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/729/indicacao_01_-_2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/808/ind-002-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/809/ind-003-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/784/ind-004-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_005_-_2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/785/ind-006-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/797/ind-007-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/798/ind-008-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/801/ind-009-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/827/ind-010.2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/831/ind-011.2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/851/ind-012-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/853/ind-013.2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/862/ind-014.2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/863/ind-015.2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/868/ind-016.2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/869/ind-017.2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/875/ind-018.2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/876/ind-019.2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/882/ind-020.2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/883/ind-021.2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/884/ind-022.2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/885/ind-023.2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/914/ind-024.2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/917/ind-025.2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/918/ind-026.2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/933/ind-027.2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/934/ind-028.2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/959/ind-029.2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/960/ind-030.2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/972/ind-031.2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/988/ind-032.2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1016/ind-033-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1018/ind-034-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1019/ind-035-2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1048/ind-036-2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1052/ind-037-2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1050/ind-038-2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1051/ind-039-2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1067/ind-040-2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1075/ind-041-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1080/ind-042-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1095/ind-043-2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1096/ind-044-2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1103/ind-045-2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1118/ind-046-2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1119/ind-047-2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1120/ind-048-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/712/requerimento_01_-_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/735/requerimento-002-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/781/requerimento_003-2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/756/requerimento005-2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/773/requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/757/livro_livro_20210323111203.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/802/req-009-2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/803/req-010-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/810/req-011-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/850/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/919/req-013-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/920/req-014-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/921/req-015-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/922/req-016-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/923/req-017-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/916/req-018-2021-dercino_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/954/req-019-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/955/req-020-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/958/req-021-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/976/req-022-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/977/req-023-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/971/req-024-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/980/req-025-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/981/req-026-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/982/req-027-2021-prazo.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1011/req-028-2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1012/req-029-2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1020/req-030-2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1021/req-031-2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1022/req-032-2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1023/req-033-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1053/req-034-2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1081/req-035-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1076/req-036-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1077/req-037-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1078/req-038-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1079/req-039-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1112/req-041-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/832/despacho-apl-004-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/833/despacho-apl-006-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/834/despacho-apl-007-2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/835/despacho-apl-008-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/836/despacho-apl-009-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/837/despacho-apl-010-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/838/despacho-apl-011-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/839/despacho-apl-012-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/840/despacho-apl-013-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/841/despacho-apl-014-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/842/despacho-apl-015-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/843/despacho-apl-016-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/844/despacho-apl-017-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/845/despacho-apl-019-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/846/despacho-apl-020-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/847/despacho-apl-022-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/819/despacho-apl-023-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/820/despacho-apl-024-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/854/despacho-apl-025-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/859/despacho-apl-002-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/873/despacho-apl-026-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/874/despacho-apl-027-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/889/despacho-apl-029-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/890/despacho-apl-030-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/924/despacho-pr-001-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/935/despacho-apl-042-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/937/despacho-apl-041-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/947/despacho-apl-043-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/974/despacho-apl-046-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/984/despacho-apl-002-2021-leg.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1003/despacho-apl-001-2021-leg.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1009/despacho-apl-052-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1010/despacho-apl-053-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1046/dsp-aplc-002-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1047/dsp-apl-055-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1054/dsp-apl-003e005-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1082/dsp-apl-056-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1083/dsp-apl-057-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1084/dsp-pdl-001-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1097/dsp-apl-062-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1104/dsp-apl-028-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1105/dsp-apl-059-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1110/dsp-apl-004-2021-leg.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/848/parecer-tecnico-legislativo-cljrf-apl-001-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/821/parecer_2_digitalizado_da_comissao_de_educacao_saude_e_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/858/parecer-cfo-021-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/860/parecer_cesas-oficio-fraudas-descartaveis.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/941/parecer-tecnico-legislativo-cljrf-apl-033-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/943/parecer-tecnico-legislativo-cfo-apl-040-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/961/parecer-tecnico-legislativo-cljrf-apl-067-2020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/970/parecer-tecnico-legislativo-cljrf-apl-038-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1001/parecer-tecnico-legislativo-cfo-apl-045-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1045/parecer_da_comissao_de_educacao_saude_e_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1049/parecer_tecnico-legislativo_-_apl-061-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1086/parecer_tecnico-legislativo_-_apl-051-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1106/parecer_tecnico-legislativo_-_apl-058-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1002/plo-001.2021-leg.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1004/plo-002.2021-leg.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1005/plo-003.2021-leg.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1107/plo-004-2021-leg.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/710/projeto_de_lei_001_-_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/705/plo-002.2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/736/plo-003-2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/718/plo-004.2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/713/plo-005.2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/728/plo-006.2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/730/plo-007.2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/731/008-2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/732/plo-009-2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/733/plo-010-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/734/plo-011-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_de_012_-_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/749/plo-014-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/754/plo-015-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/755/plo-016-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/774/plo-017-2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/782/plo-019-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/783/plo-020-2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/787/pl21.21.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/788/plo-022-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/815/plo-023-2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/816/apl-024-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/849/projeto_25.2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/871/plo-026.2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/872/plo-027.2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/886/plo-028-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/887/plo-029.2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/888/plo-030.2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/892/plo-032.2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/893/plo-033.2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/902/plo-034.2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/904/plo-036.2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/905/plo-037.2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/906/plo-038.2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/911/plo-040.2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/931/plo-041.2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/932/plo-042.2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/948/plo-043.2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/966/plo-045.2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/973/plo-046.2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/975/plo-047.2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/987/plo-048.2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/993/plo-049.2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/994/plo-050.2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/999/plo-051-2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1006/plo-052.2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1007/plo-053.2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1008/plo-054-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1040/plo-055-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1066/plo-056-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1072/plo-057-2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1074/plo-058-2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1087/plo-059-2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1088/plo-60-2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1089/plo-061-2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1093/plo-062-2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1017/plco-002-2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1122/plco-003-2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1125/plco-004-2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1065/pdl-001-2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/912/pr-001-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1123/elo-01-2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/944/emenda-001-plo-040-2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1111/emenda-aditiva-002-2021-plo-061-2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/800/emenda-002-plo-040-2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1113/emenda-modificativa-003-2021-plo-061-2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/946/emenda-003-plo-040-2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/738/portaria_01.2021_publicacao_jornal.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/739/portaria_02_-_2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/740/portaria_03_-_2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/741/portaria_04_-_2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/742/portaria_05_-_2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/743/portaria_06_-_2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/744/portaria_07_-_2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/926/por-008-2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/925/por-009-2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/936/portaria_10-2021_-_ferias_fatima.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/956/por-011-2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/957/por-012-2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/968/por-013-2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1108/portaria-014-2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1109/portaria-015-2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1121/portaria-016-2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1126/portaria-017-2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1127/portaria-018-2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaunadosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1085/dl-001-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H412"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="85.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="174.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="174" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>